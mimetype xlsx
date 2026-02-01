--- v0 (2025-11-29)
+++ v1 (2026-02-01)
@@ -1,88 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bouwkwaliteit.sharepoint.com/sites/TeamNMD/Gedeelde documenten/General/TEAM PROJECTEN &amp; LCA'S/CATEGORIE 3/Communicatie/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://milieudatabase.sharepoint.com/sites/Projecten/Gedeelde documenten/2025 Projecten/Inhoud/CATEGORIE 3/Communicatie/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="4" documentId="8_{2962DE36-12AD-4D7B-AF67-416EA9917789}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{6F09BCBD-6E5E-4769-BA31-0B0BD946FB74}"/>
+  <xr:revisionPtr revIDLastSave="7" documentId="8_{67B67B85-B89F-49D5-8580-0A3520EEC141}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{96897B68-752D-46B1-BC25-2AC6610465EE}"/>
   <bookViews>
-    <workbookView xWindow="-38520" yWindow="-5520" windowWidth="38640" windowHeight="21120" xr2:uid="{30D2A993-6FC7-4232-8F9C-94C63F019ABE}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{30D2A993-6FC7-4232-8F9C-94C63F019ABE}"/>
   </bookViews>
   <sheets>
     <sheet name="Nieuwe MV's" sheetId="1" r:id="rId1"/>
     <sheet name="Gedeactiveerde MV's" sheetId="2" r:id="rId2"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Gedeactiveerde MV''s'!$A$1:$F$200</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Nieuwe MV''s'!$A$1:$D$80</definedName>
+  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1402" uniqueCount="491">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1651" uniqueCount="688">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Project</t>
   </si>
   <si>
     <t>B&amp;U kwaliteitsverbetering cat. 3 - eerste fase</t>
   </si>
   <si>
     <t>onderdeel van grootschalige actualisatie cat. 3 B&amp;U</t>
   </si>
   <si>
     <t>Toelichting status</t>
   </si>
   <si>
     <t>Actief sinds</t>
   </si>
   <si>
     <t>Balkon/galerijvloer (C50/60); incl. wapening &amp; verankering [d:150-270mm]</t>
   </si>
   <si>
@@ -1252,98 +1257,92 @@
   <si>
     <t>Deur (glas in staal) - vakvulling; vleugel (staal)&amp;plaat (glas)</t>
   </si>
   <si>
     <t>nmd_202334</t>
   </si>
   <si>
     <t>Deur (aluminium) - vakvulling, vleugel (aluminium)&amp;plaat (aluminium)&amp;vulling (PIR)</t>
   </si>
   <si>
     <t>nmd_202335</t>
   </si>
   <si>
     <t>Deur (staal) - vakvulling; kader (staal)&amp;plaat (staal)&amp;vulling (steenwol)</t>
   </si>
   <si>
     <t>nmd_202336</t>
   </si>
   <si>
     <t>Deur (hardhout) - vakvulling; kader (hardhout)&amp;plaat (HDF)&amp;vulling (kanaalspaanplaat)</t>
   </si>
   <si>
     <t>nmd_202337</t>
   </si>
   <si>
-    <t>Deur (zachthout) - vakvulling; kader (zachthout)&amp;plaat (HDF)&amp;vulling (karton honingraad)</t>
-[...1 lines deleted...]
-  <si>
     <t>nmd_202338</t>
   </si>
   <si>
     <t>Deur (glas in aluminium) - compleet; vakvulling (glas in aluminium)&amp;kozijn (aluminium)&amp;afdichting (EPDM)</t>
   </si>
   <si>
     <t>nmd_202339</t>
   </si>
   <si>
     <t>Deur (aluminium) - compleet; vakvulling (aluminium)&amp;kozijn (aluminium)&amp;afdichting (EPDM)</t>
   </si>
   <si>
     <t>nmd_202340</t>
   </si>
   <si>
     <t>Deur (glas in staal) - compleet; vakvulling (glas in staal)&amp;kozijn (staal)&amp;afdichting (EPDM &amp; kit)</t>
   </si>
   <si>
     <t>nmd_202341</t>
   </si>
   <si>
     <t>Deur (staal) - compleet; vakvulling (staal)&amp;kozijn (staal)&amp;afdichting (EPDM)</t>
   </si>
   <si>
     <t>nmd_202342</t>
   </si>
   <si>
     <t>Deur (hardhout) - compleet; vakvulling (hardhout)&amp;kozijn (hardhout)&amp;afdichting (EPDM)</t>
   </si>
   <si>
     <t>nmd_202343</t>
   </si>
   <si>
     <t>Deur (zachthout/staal) - compleet; vakvulling (zachthout)&amp;kozijn (staal)&amp;afdichting (EPDM)</t>
   </si>
   <si>
     <t>nmd_202344</t>
   </si>
   <si>
     <t>Deur (zachthout) - compleet; vakvulling (zachthout)&amp;kozijn (zachthout)&amp;afdichting (EPDM)</t>
   </si>
   <si>
-    <t>B&amp;U kwaliteitsverbetering cat. 3 - projectenfase</t>
-[...1 lines deleted...]
-  <si>
     <t>nmd_93171</t>
   </si>
   <si>
     <t>PV paneel – amorf / hellend dak</t>
   </si>
   <si>
     <t>nmd_93705</t>
   </si>
   <si>
     <t>PV paneel – amorf / plat dak</t>
   </si>
   <si>
     <t>nmd_93708</t>
   </si>
   <si>
     <t>PV paneel – CI(G)S / hellend dak</t>
   </si>
   <si>
     <t>nmd_93714</t>
   </si>
   <si>
     <t>PV paneel – monokristallijn / plat dak</t>
   </si>
   <si>
     <t>nmd_93717</t>
@@ -1510,119 +1509,709 @@
   <si>
     <t>NL/SfB: 23.1</t>
   </si>
   <si>
     <t>NL/SfB: 13.2</t>
   </si>
   <si>
     <t>Element</t>
   </si>
   <si>
     <t>NL/SfB: 32.3</t>
   </si>
   <si>
     <t>NL/SfB: 32.2</t>
   </si>
   <si>
     <t>NL/SfB: 32.40</t>
   </si>
   <si>
     <t>NL/SfB: 61.1</t>
   </si>
   <si>
     <t>Gedeactiveerd vanaf</t>
   </si>
   <si>
-    <t>(beschikbaar na publicatie)</t>
+    <t>Deur (zachthout) - vakvulling; kader (zachthout)&amp;plaat (HDF)&amp;vulling (karton honingraat)</t>
+  </si>
+  <si>
+    <t>Bodem-water warmtepomp, combi, R134a, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Bodem-water warmtepomp, combi, R290, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Bodem-water warmtepomp, combi, R410a, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Bodem-water warmtepomp, solo, R134a, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Bodem-water warmtepomp, solo, R290, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Bodem-water warmtepomp, solo, R410a, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Lucht-water warmtepomp, combi, monoblock, R134a, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Lucht-water warmtepomp, combi, monoblock, R290, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Lucht-water warmtepomp, combi, monoblock, R410a, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Lucht-water warmtepomp, combi, split unit, R134a, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Lucht-water warmtepomp, combi, split unit, R290, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Lucht-water warmtepomp, combi, split unit, R410a, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Lucht-water warmtepomp, solo, monoblock, R134a, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Lucht-water warmtepomp, solo, monoblock, R290, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Lucht-water warmtepomp, solo, monoblock, R410a, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Lucht-water warmtepomp, solo, split unit, R134a, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Lucht-water warmtepomp, solo, split unit, R290, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Lucht-water warmtepomp, solo, split unit, R410a, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Warmtebron bodem-water warmtepomp, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Warmtebron water-water warmtepomp, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Water-water warmtepomp, combi, R134a, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Water-water warmtepomp, combi, R290, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Water-water warmtepomp, combi, R410a, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Water-water warmtepomp, solo, R134a, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Water-water warmtepomp, solo, R290, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>Water-water warmtepomp, solo, R410a, stuks (3-162 kWt)</t>
+  </si>
+  <si>
+    <t>NL/SfB: 56.24</t>
+  </si>
+  <si>
+    <t>nmd_202560</t>
+  </si>
+  <si>
+    <t>nmd_93818</t>
+  </si>
+  <si>
+    <t>Lucht-water warmtepomp, split unit, R-134a, stuks (groter dan 4 t/m 162 kWt)</t>
+  </si>
+  <si>
+    <t>nmd_93819</t>
+  </si>
+  <si>
+    <t>Lucht-water warmtepomp, monoblock, R-134a, stuks (groter dan 4 kWt t/m 162 kWt)</t>
+  </si>
+  <si>
+    <t>nmd_93950</t>
+  </si>
+  <si>
+    <t>Lucht-water warmtepomp, monoblock, propaan, stuks (groter dan 4 kWt t/m 162 kWt)</t>
+  </si>
+  <si>
+    <t>nmd_93951</t>
+  </si>
+  <si>
+    <t>Bodem-water warmtepomp, stuks (groter dan 4 kWt t/m 162 kWt)</t>
+  </si>
+  <si>
+    <t>nmd_93952</t>
+  </si>
+  <si>
+    <t>Water-water warmtepomp, stuks (groter dan 4 kWt t/m 162 kWt)</t>
+  </si>
+  <si>
+    <t>nmd_95260</t>
+  </si>
+  <si>
+    <t>Lucht-water warmtepomp, split unit, R-134a, stuks (3 t/m 4 kWt), NIET VERREKEND</t>
+  </si>
+  <si>
+    <t>nmd_95261</t>
+  </si>
+  <si>
+    <t>Lucht-water warmtepomp, monoblock, R-134a, stuks (3 t/m 4 kWt), NIET VERREKEND</t>
+  </si>
+  <si>
+    <t>nmd_95262</t>
+  </si>
+  <si>
+    <t>Lucht-water warmtepomp, monoblock, propaan, stuks (3 t/m 4 kWt), NIET VERREKEND</t>
+  </si>
+  <si>
+    <t>nmd_95263</t>
+  </si>
+  <si>
+    <t>Bodem-water warmtepomp, stuks (3 t/m 4 kWt), NIET VERREKEND</t>
+  </si>
+  <si>
+    <t>nmd_95264</t>
+  </si>
+  <si>
+    <t>Water-water warmtepomp, stuks (3 t/m 4 kWt), NIET VERREKEND</t>
+  </si>
+  <si>
+    <t>nmd_200002</t>
+  </si>
+  <si>
+    <t>Bodem-water warmtepomp, stuks (groter dan 4 kWt t/m 162 kWt) - toestel</t>
+  </si>
+  <si>
+    <t>nmd_200003</t>
+  </si>
+  <si>
+    <t>Water-water warmtepomp, stuks (3 t/m 4 kWt), NIET VERREKEND - toestel</t>
+  </si>
+  <si>
+    <t>nmd_200004</t>
+  </si>
+  <si>
+    <t>Bodem-water warmtepomp, stuks (3 t/m 4 kWt), NIET VERREKEND - toestel</t>
+  </si>
+  <si>
+    <t>nmd_200005</t>
+  </si>
+  <si>
+    <t>Bodem-water warmtepomp, stuks (3 t/m 4 kWt), NIET VERREKEND - warmtebron</t>
+  </si>
+  <si>
+    <t>nmd_200008</t>
+  </si>
+  <si>
+    <t>Bodem-water warmtepomp, stuks (groter dan 4 kWt t/m 162 kWt) - warmtebron</t>
+  </si>
+  <si>
+    <t>nmd_200011</t>
+  </si>
+  <si>
+    <t>Water-water warmtepomp, stuks (groter dan 4 kWt t/m 162 kWt) - warmtebron</t>
+  </si>
+  <si>
+    <t>nmd_200012</t>
+  </si>
+  <si>
+    <t>Water-water warmtepomp, stuks (3 t/m 4 kWt), NIET VERREKEND - warmtebron</t>
+  </si>
+  <si>
+    <t>nmd_200013</t>
+  </si>
+  <si>
+    <t>Water-water warmtepomp, stuks (groter dan 4 kWt t/m 162 kWt) - toestel</t>
+  </si>
+  <si>
+    <t>nmd_200060</t>
+  </si>
+  <si>
+    <t>A2-Lucht-water warmtepomp; split unit; R-134a, stuks (4 t/m 162 kWt)</t>
+  </si>
+  <si>
+    <t>nmd_200061</t>
+  </si>
+  <si>
+    <t>A2-Lucht-water warmtepomp; monoblock; Propaan, stuks (4 tm 162 kW)</t>
+  </si>
+  <si>
+    <t>nmd_200668</t>
+  </si>
+  <si>
+    <t>A2-Lucht-water warmtepomp; monoblock; R-134a, stuks (4 tm 162 kW)</t>
+  </si>
+  <si>
+    <t>nmd_93832</t>
+  </si>
+  <si>
+    <t>Buffervat</t>
+  </si>
+  <si>
+    <t>nmd_200059</t>
+  </si>
+  <si>
+    <t>A2 - Buffervat, geëmailleerd staal; (10 tot 500 L)</t>
+  </si>
+  <si>
+    <t>nmd_201686</t>
+  </si>
+  <si>
+    <t>Buffervat, RVS; (10 tot 500 L)</t>
+  </si>
+  <si>
+    <t>NL/SfB: 56.1</t>
+  </si>
+  <si>
+    <t>nmd_200062</t>
+  </si>
+  <si>
+    <t>A2-Elektrische boiler, warm tapwater, geëmailleerd staal; (10 tot 500 L)</t>
+  </si>
+  <si>
+    <t>nmd_200040</t>
+  </si>
+  <si>
+    <t>A2-Warmtapwaterinstallaties, Elektrische boiler, CW4-6, 120 liter</t>
+  </si>
+  <si>
+    <t>nmd_200546</t>
+  </si>
+  <si>
+    <t>nmd_200551</t>
+  </si>
+  <si>
+    <t>nmd_200624</t>
+  </si>
+  <si>
+    <t>NL/SfB: 56.22</t>
+  </si>
+  <si>
+    <t>NL/SfB: 56.2</t>
+  </si>
+  <si>
+    <t>nmd_32678</t>
+  </si>
+  <si>
+    <t>Deelproduct: Warmtapwaterinstallaties, Elektrische boiler; CW:4-6, 120 liter</t>
+  </si>
+  <si>
+    <t>nmd_32694</t>
+  </si>
+  <si>
+    <t>nmd_32726</t>
+  </si>
+  <si>
+    <t>nmd_32664</t>
+  </si>
+  <si>
+    <t>nmd_93831</t>
+  </si>
+  <si>
+    <t>Elektrische boiler warm tapwater (individueel)</t>
+  </si>
+  <si>
+    <t>nmd_201685</t>
+  </si>
+  <si>
+    <t>Tapwater boiler, RVS; (10 tot 500 L)</t>
+  </si>
+  <si>
+    <t>Buffervat warm cv-water (geëmailleerd staal); met warmtewisselaar [30-500 liter]</t>
+  </si>
+  <si>
+    <t>Buffervat warm cv-water (koper); met warmtewisselaar [30-500 liter]</t>
+  </si>
+  <si>
+    <t>Buffervat warm cv-water (rvs); met warmtewisselaar [30-500 liter]</t>
+  </si>
+  <si>
+    <t>Buffervat warm tapwater (geëmailleerd staal); met warmtewisselaar [30-500 liter]</t>
+  </si>
+  <si>
+    <t>Buffervat warm tapwater (koper); met warmtewisselaar [30-500 liter]</t>
+  </si>
+  <si>
+    <t>Buffervat warm tapwater (rvs); met warmtewisselaar [30-500 liter]</t>
+  </si>
+  <si>
+    <t>NL/SfB: 53.2</t>
+  </si>
+  <si>
+    <t>Elektrische boiler warm tapwater (rvs) [30-500 liter]</t>
+  </si>
+  <si>
+    <t>Elektrische boiler warm tapwater (koper) [30-500 liter]</t>
+  </si>
+  <si>
+    <t>Elektrische boiler warm tapwater (geëmailleerd staal) [30-500 liter]</t>
+  </si>
+  <si>
+    <t>nmd_202670</t>
+  </si>
+  <si>
+    <t>nmd_202669</t>
+  </si>
+  <si>
+    <t>nmd_202664</t>
+  </si>
+  <si>
+    <t>nmd_202673</t>
+  </si>
+  <si>
+    <t>nmd_202672</t>
+  </si>
+  <si>
+    <t>nmd_202671</t>
+  </si>
+  <si>
+    <t>nmd_202643</t>
+  </si>
+  <si>
+    <t>nmd_202642</t>
+  </si>
+  <si>
+    <t>nmd_202644</t>
+  </si>
+  <si>
+    <t>nmd_202645</t>
+  </si>
+  <si>
+    <t>nmd_202659</t>
+  </si>
+  <si>
+    <t>nmd_202641</t>
+  </si>
+  <si>
+    <t>nmd_202649</t>
+  </si>
+  <si>
+    <t>nmd_202646</t>
+  </si>
+  <si>
+    <t>nmd_202648</t>
+  </si>
+  <si>
+    <t>nmd_202640</t>
+  </si>
+  <si>
+    <t>nmd_202650</t>
+  </si>
+  <si>
+    <t>nmd_202647</t>
+  </si>
+  <si>
+    <t>nmd_202675</t>
+  </si>
+  <si>
+    <t>nmd_202662</t>
+  </si>
+  <si>
+    <t>nmd_202661</t>
+  </si>
+  <si>
+    <t>nmd_202680</t>
+  </si>
+  <si>
+    <t>nmd_202679</t>
+  </si>
+  <si>
+    <t>nmd_202678</t>
+  </si>
+  <si>
+    <t>nmd_202677</t>
+  </si>
+  <si>
+    <t>nmd_202674</t>
+  </si>
+  <si>
+    <t>nmd_202683</t>
+  </si>
+  <si>
+    <t>nmd_202682</t>
+  </si>
+  <si>
+    <t>nmd_202681</t>
+  </si>
+  <si>
+    <t>nmd_202651</t>
+  </si>
+  <si>
+    <t>nmd_202676</t>
+  </si>
+  <si>
+    <t>nmd_202665</t>
+  </si>
+  <si>
+    <t>nmd_202660</t>
+  </si>
+  <si>
+    <t>nmd_202663</t>
+  </si>
+  <si>
+    <t>nmd_202668</t>
+  </si>
+  <si>
+    <t>nmd_202667</t>
+  </si>
+  <si>
+    <t>nmd_202666</t>
+  </si>
+  <si>
+    <t>nmd_202684</t>
+  </si>
+  <si>
+    <t>nmd_202833</t>
+  </si>
+  <si>
+    <t>Constructieplaat (biovezel: grasvezel) (dikte 18 mm) [mm/m2: 9-30; kg/m3: 250-1300]</t>
+  </si>
+  <si>
+    <t>nmd_202834</t>
+  </si>
+  <si>
+    <t>nmd_202835</t>
+  </si>
+  <si>
+    <t>nmd_202836</t>
+  </si>
+  <si>
+    <t>nmd_202798</t>
+  </si>
+  <si>
+    <t>Constructieplaat (biovezel: hennepscheven) (dikte 18 mm) [mm/m2: 9-30; kg/m3: 250-1300]</t>
+  </si>
+  <si>
+    <t>nmd_202809</t>
+  </si>
+  <si>
+    <t>nmd_202810</t>
+  </si>
+  <si>
+    <t>nmd_202837</t>
+  </si>
+  <si>
+    <t>nmd_202811</t>
+  </si>
+  <si>
+    <t>Constructieplaat (biovezel: miscanthus) (dikte 18 mm) [mm/m2: 9-30; kg/m3: 250-1300]</t>
+  </si>
+  <si>
+    <t>nmd_202812</t>
+  </si>
+  <si>
+    <t>nmd_202813</t>
+  </si>
+  <si>
+    <t>nmd_202814</t>
+  </si>
+  <si>
+    <t>nmd_202815</t>
+  </si>
+  <si>
+    <t>Constructieplaat (biovezel: riet) (dikte 18 mm) [mm/m2: 9-30; kg/m3: 250-1300]</t>
+  </si>
+  <si>
+    <t>nmd_202816</t>
+  </si>
+  <si>
+    <t>nmd_202817</t>
+  </si>
+  <si>
+    <t>nmd_202818</t>
+  </si>
+  <si>
+    <t>nmd_202819</t>
+  </si>
+  <si>
+    <t>Constructieplaat (biovezel: stro) (dikte 18 mm) [mm/m2: 9-30; kg/m3: 250-1300]</t>
+  </si>
+  <si>
+    <t>nmd_202820</t>
+  </si>
+  <si>
+    <t>nmd_202821</t>
+  </si>
+  <si>
+    <t>nmd_202828</t>
+  </si>
+  <si>
+    <t>nmd_202822</t>
+  </si>
+  <si>
+    <t>Constructieplaat (biovezel: vlasscheven) (dikte 18 mm) [mm/m2: 9-30; kg/m3: 250-1300]</t>
+  </si>
+  <si>
+    <t>nmd_202823</t>
+  </si>
+  <si>
+    <t>nmd_202824</t>
+  </si>
+  <si>
+    <t>nmd_202825</t>
+  </si>
+  <si>
+    <t>nmd_202800</t>
+  </si>
+  <si>
+    <t>Gevelpaneel (biocomposiet: hennepvezel) (dikte 6 mm) [mm/m2: 4-25]</t>
+  </si>
+  <si>
+    <t>nmd_202801</t>
+  </si>
+  <si>
+    <t>nmd_202802</t>
+  </si>
+  <si>
+    <t>nmd_202803</t>
+  </si>
+  <si>
+    <t>Gevelpaneel (biocomposiet: miscanthus) (dikte 6 mm) [mm/m2: 4-25]</t>
+  </si>
+  <si>
+    <t>nmd_202804</t>
+  </si>
+  <si>
+    <t>nmd_202805</t>
+  </si>
+  <si>
+    <t>nmd_202799</t>
+  </si>
+  <si>
+    <t>Gevelpaneel (biocomposiet: mix van hennep, vlas en miscanthus) (dikte 6 mm) [mm/m2: 4-25]</t>
+  </si>
+  <si>
+    <t>nmd_202826</t>
+  </si>
+  <si>
+    <t>nmd_202827</t>
+  </si>
+  <si>
+    <t>nmd_202806</t>
+  </si>
+  <si>
+    <t>Gevelpaneel (biocomposiet: vlasvezel) (dikte 6 mm) [mm/m2: 4-25]</t>
+  </si>
+  <si>
+    <t>nmd_202807</t>
+  </si>
+  <si>
+    <t>nmd_202808</t>
+  </si>
+  <si>
+    <t>nmd_202829</t>
+  </si>
+  <si>
+    <t>Isolatieplaat (mycelium) (dikte 45 mm) [mm/m2: 40-400]</t>
+  </si>
+  <si>
+    <t>nmd_202830</t>
+  </si>
+  <si>
+    <t>nmd_202831</t>
+  </si>
+  <si>
+    <t>nmd_202832</t>
+  </si>
+  <si>
+    <t>NL/SfB: 22.2</t>
+  </si>
+  <si>
+    <t>NL/SfB: 22.1</t>
+  </si>
+  <si>
+    <t>NL/SfB: 21.2</t>
+  </si>
+  <si>
+    <t>NL/SfB: 21.1</t>
+  </si>
+  <si>
+    <t>NL/SfB: 41.1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Bahnschrift"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Bahnschrift"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Bahnschrift"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
@@ -1810,5865 +2399,7121 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{08C5C210-ADF8-4DBB-9D19-98CE834E04EA}">
-  <dimension ref="A1:F80"/>
+  <dimension ref="A1:D158"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A43" workbookViewId="0">
-      <selection activeCell="D85" sqref="D85"/>
+    <sheetView tabSelected="1" topLeftCell="B121" workbookViewId="0">
+      <selection activeCell="F147" sqref="F147"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="21.8984375" customWidth="1"/>
-    <col min="2" max="2" width="89.69921875" customWidth="1"/>
+    <col min="1" max="1" width="27.77734375" customWidth="1"/>
+    <col min="2" max="2" width="89.6640625" customWidth="1"/>
     <col min="3" max="3" width="15" customWidth="1"/>
-    <col min="4" max="4" width="14.296875" style="6" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="6" width="39.796875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="14.33203125" style="5" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>479</v>
-[...1 lines deleted...]
-      <c r="D1" s="4" t="s">
+        <v>477</v>
+      </c>
+      <c r="D1" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="E1" s="1" t="s">
-[...6 lines deleted...]
-    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>30</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D2" s="5">
+        <v>478</v>
+      </c>
+      <c r="D2" s="4">
         <v>45868</v>
       </c>
-      <c r="E2" t="s">
-[...6 lines deleted...]
-    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>31</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D3" s="5">
+        <v>478</v>
+      </c>
+      <c r="D3" s="4">
         <v>45868</v>
       </c>
-      <c r="E3" t="s">
-[...6 lines deleted...]
-    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>32</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D4" s="5">
+        <v>478</v>
+      </c>
+      <c r="D4" s="4">
         <v>45868</v>
       </c>
-      <c r="E4" t="s">
-[...6 lines deleted...]
-    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>33</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D5" s="5">
+        <v>478</v>
+      </c>
+      <c r="D5" s="4">
         <v>45868</v>
       </c>
-      <c r="E5" t="s">
-[...6 lines deleted...]
-    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>34</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D6" s="5">
+        <v>478</v>
+      </c>
+      <c r="D6" s="4">
         <v>45868</v>
       </c>
-      <c r="E6" t="s">
-[...6 lines deleted...]
-    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>12</v>
       </c>
       <c r="C7" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D7" s="5">
+        <v>478</v>
+      </c>
+      <c r="D7" s="4">
         <v>45868</v>
       </c>
-      <c r="E7" t="s">
-[...6 lines deleted...]
-    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>13</v>
       </c>
       <c r="C8" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D8" s="5">
+        <v>478</v>
+      </c>
+      <c r="D8" s="4">
         <v>45868</v>
       </c>
-      <c r="E8" t="s">
-[...6 lines deleted...]
-    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>14</v>
       </c>
       <c r="C9" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D9" s="5">
+        <v>478</v>
+      </c>
+      <c r="D9" s="4">
         <v>45868</v>
       </c>
-      <c r="E9" t="s">
-[...6 lines deleted...]
-    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>15</v>
       </c>
       <c r="C10" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="D10" s="5">
+        <v>481</v>
+      </c>
+      <c r="D10" s="4">
         <v>45868</v>
       </c>
-      <c r="E10" t="s">
-[...6 lines deleted...]
-    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>39</v>
       </c>
       <c r="B11" t="s">
         <v>15</v>
       </c>
       <c r="C11" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D11" s="5">
+        <v>478</v>
+      </c>
+      <c r="D11" s="4">
         <v>45868</v>
       </c>
-      <c r="E11" t="s">
-[...6 lines deleted...]
-    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>40</v>
       </c>
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="D12" s="5">
+        <v>481</v>
+      </c>
+      <c r="D12" s="4">
         <v>45868</v>
       </c>
-      <c r="E12" t="s">
-[...6 lines deleted...]
-    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>41</v>
       </c>
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D13" s="5">
+        <v>478</v>
+      </c>
+      <c r="D13" s="4">
         <v>45868</v>
       </c>
-      <c r="E13" t="s">
-[...6 lines deleted...]
-    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>42</v>
       </c>
       <c r="B14" t="s">
         <v>17</v>
       </c>
       <c r="C14" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D14" s="5">
+        <v>478</v>
+      </c>
+      <c r="D14" s="4">
         <v>45868</v>
       </c>
-      <c r="E14" t="s">
-[...6 lines deleted...]
-    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>43</v>
       </c>
       <c r="B15" t="s">
         <v>17</v>
       </c>
       <c r="C15" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="D15" s="5">
+        <v>481</v>
+      </c>
+      <c r="D15" s="4">
         <v>45868</v>
       </c>
-      <c r="E15" t="s">
-[...6 lines deleted...]
-    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>44</v>
       </c>
       <c r="B16" t="s">
         <v>18</v>
       </c>
       <c r="C16" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="D16" s="5">
+        <v>481</v>
+      </c>
+      <c r="D16" s="4">
         <v>45868</v>
       </c>
-      <c r="E16" t="s">
-[...6 lines deleted...]
-    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>45</v>
       </c>
       <c r="B17" t="s">
         <v>18</v>
       </c>
       <c r="C17" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D17" s="5">
+        <v>478</v>
+      </c>
+      <c r="D17" s="4">
         <v>45868</v>
       </c>
-      <c r="E17" t="s">
-[...6 lines deleted...]
-    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>46</v>
       </c>
       <c r="B18" t="s">
         <v>19</v>
       </c>
       <c r="C18" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D18" s="5">
+        <v>478</v>
+      </c>
+      <c r="D18" s="4">
         <v>45868</v>
       </c>
-      <c r="E18" t="s">
-[...6 lines deleted...]
-    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>47</v>
       </c>
       <c r="B19" t="s">
         <v>19</v>
       </c>
       <c r="C19" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="D19" s="5">
+        <v>481</v>
+      </c>
+      <c r="D19" s="4">
         <v>45868</v>
       </c>
-      <c r="E19" t="s">
-[...6 lines deleted...]
-    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>48</v>
       </c>
       <c r="B20" t="s">
         <v>20</v>
       </c>
       <c r="C20" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="D20" s="5">
+        <v>481</v>
+      </c>
+      <c r="D20" s="4">
         <v>45868</v>
       </c>
-      <c r="E20" t="s">
-[...6 lines deleted...]
-    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>49</v>
       </c>
       <c r="B21" t="s">
         <v>20</v>
       </c>
       <c r="C21" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D21" s="5">
+        <v>478</v>
+      </c>
+      <c r="D21" s="4">
         <v>45868</v>
       </c>
-      <c r="E21" t="s">
-[...6 lines deleted...]
-    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>50</v>
       </c>
       <c r="B22" t="s">
         <v>21</v>
       </c>
       <c r="C22" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D22" s="5">
+        <v>478</v>
+      </c>
+      <c r="D22" s="4">
         <v>45868</v>
       </c>
-      <c r="E22" t="s">
-[...6 lines deleted...]
-    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>51</v>
       </c>
       <c r="B23" t="s">
         <v>21</v>
       </c>
       <c r="C23" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="D23" s="5">
+        <v>481</v>
+      </c>
+      <c r="D23" s="4">
         <v>45868</v>
       </c>
-      <c r="E23" t="s">
-[...6 lines deleted...]
-    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>52</v>
       </c>
       <c r="B24" t="s">
         <v>22</v>
       </c>
       <c r="C24" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="D24" s="5">
+        <v>481</v>
+      </c>
+      <c r="D24" s="4">
         <v>45868</v>
       </c>
-      <c r="E24" t="s">
-[...6 lines deleted...]
-    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>53</v>
       </c>
       <c r="B25" t="s">
         <v>22</v>
       </c>
       <c r="C25" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D25" s="5">
+        <v>478</v>
+      </c>
+      <c r="D25" s="4">
         <v>45868</v>
       </c>
-      <c r="E25" t="s">
-[...6 lines deleted...]
-    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>54</v>
       </c>
       <c r="B26" t="s">
         <v>23</v>
       </c>
       <c r="C26" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D26" s="5">
+        <v>478</v>
+      </c>
+      <c r="D26" s="4">
         <v>45868</v>
       </c>
-      <c r="E26" t="s">
-[...6 lines deleted...]
-    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>55</v>
       </c>
       <c r="B27" t="s">
         <v>23</v>
       </c>
       <c r="C27" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="D27" s="5">
+        <v>481</v>
+      </c>
+      <c r="D27" s="4">
         <v>45868</v>
       </c>
-      <c r="E27" t="s">
-[...6 lines deleted...]
-    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>56</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="D28" s="5">
+        <v>481</v>
+      </c>
+      <c r="D28" s="4">
         <v>45868</v>
       </c>
-      <c r="E28" t="s">
-[...6 lines deleted...]
-    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>57</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D29" s="5">
+        <v>478</v>
+      </c>
+      <c r="D29" s="4">
         <v>45868</v>
       </c>
-      <c r="E29" t="s">
-[...6 lines deleted...]
-    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>58</v>
       </c>
       <c r="B30" t="s">
         <v>25</v>
       </c>
       <c r="C30" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D30" s="5">
+        <v>478</v>
+      </c>
+      <c r="D30" s="4">
         <v>45868</v>
       </c>
-      <c r="E30" t="s">
-[...6 lines deleted...]
-    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>59</v>
       </c>
       <c r="B31" t="s">
         <v>26</v>
       </c>
       <c r="C31" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D31" s="5">
+        <v>478</v>
+      </c>
+      <c r="D31" s="4">
         <v>45868</v>
       </c>
-      <c r="E31" t="s">
-[...6 lines deleted...]
-    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>60</v>
       </c>
       <c r="B32" t="s">
         <v>27</v>
       </c>
       <c r="C32" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D32" s="5">
+        <v>478</v>
+      </c>
+      <c r="D32" s="4">
         <v>45868</v>
       </c>
-      <c r="E32" t="s">
-[...6 lines deleted...]
-    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>61</v>
       </c>
       <c r="B33" t="s">
         <v>28</v>
       </c>
       <c r="C33" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D33" s="5">
+        <v>478</v>
+      </c>
+      <c r="D33" s="4">
         <v>45868</v>
       </c>
-      <c r="E33" t="s">
-[...6 lines deleted...]
-    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>62</v>
       </c>
       <c r="B34" t="s">
         <v>29</v>
       </c>
       <c r="C34" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D34" s="5">
+        <v>478</v>
+      </c>
+      <c r="D34" s="4">
         <v>45868</v>
       </c>
-      <c r="E34" t="s">
-[...6 lines deleted...]
-    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>345</v>
       </c>
       <c r="B35" t="s">
         <v>346</v>
       </c>
       <c r="C35" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D35" s="5">
+        <v>484</v>
+      </c>
+      <c r="D35" s="4">
         <v>45868</v>
       </c>
-      <c r="E35" t="s">
-[...6 lines deleted...]
-    <row r="36" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>347</v>
       </c>
       <c r="B36" t="s">
         <v>348</v>
       </c>
       <c r="C36" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D36" s="5">
+        <v>484</v>
+      </c>
+      <c r="D36" s="4">
         <v>45868</v>
       </c>
-      <c r="E36" t="s">
-[...6 lines deleted...]
-    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>349</v>
       </c>
       <c r="B37" t="s">
         <v>350</v>
       </c>
       <c r="C37" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D37" s="5">
+        <v>484</v>
+      </c>
+      <c r="D37" s="4">
         <v>45868</v>
       </c>
-      <c r="E37" t="s">
-[...6 lines deleted...]
-    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>351</v>
       </c>
       <c r="B38" t="s">
         <v>352</v>
       </c>
       <c r="C38" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D38" s="5">
+        <v>484</v>
+      </c>
+      <c r="D38" s="4">
         <v>45868</v>
       </c>
-      <c r="E38" t="s">
-[...6 lines deleted...]
-    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>353</v>
       </c>
       <c r="B39" t="s">
         <v>354</v>
       </c>
       <c r="C39" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D39" s="5">
+        <v>484</v>
+      </c>
+      <c r="D39" s="4">
         <v>45868</v>
       </c>
-      <c r="E39" t="s">
-[...6 lines deleted...]
-    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>355</v>
       </c>
       <c r="B40" t="s">
         <v>356</v>
       </c>
       <c r="C40" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D40" s="5">
+        <v>484</v>
+      </c>
+      <c r="D40" s="4">
         <v>45868</v>
       </c>
-      <c r="E40" t="s">
-[...6 lines deleted...]
-    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>357</v>
       </c>
       <c r="B41" t="s">
         <v>358</v>
       </c>
       <c r="C41" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D41" s="5">
+        <v>484</v>
+      </c>
+      <c r="D41" s="4">
         <v>45868</v>
       </c>
-      <c r="E41" t="s">
-[...6 lines deleted...]
-    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>359</v>
       </c>
       <c r="B42" t="s">
         <v>360</v>
       </c>
       <c r="C42" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D42" s="5">
+        <v>484</v>
+      </c>
+      <c r="D42" s="4">
         <v>45868</v>
       </c>
-      <c r="E42" t="s">
-[...6 lines deleted...]
-    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>361</v>
       </c>
       <c r="B43" t="s">
         <v>362</v>
       </c>
       <c r="C43" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D43" s="5">
+        <v>484</v>
+      </c>
+      <c r="D43" s="4">
         <v>45868</v>
       </c>
-      <c r="E43" t="s">
-[...6 lines deleted...]
-    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>363</v>
       </c>
       <c r="B44" t="s">
         <v>364</v>
       </c>
       <c r="C44" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D44" s="5">
+        <v>484</v>
+      </c>
+      <c r="D44" s="4">
         <v>45868</v>
       </c>
-      <c r="E44" t="s">
-[...6 lines deleted...]
-    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
         <v>365</v>
       </c>
       <c r="B45" t="s">
         <v>366</v>
       </c>
       <c r="C45" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D45" s="5">
+        <v>484</v>
+      </c>
+      <c r="D45" s="4">
         <v>45868</v>
       </c>
-      <c r="E45" t="s">
-[...6 lines deleted...]
-    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
         <v>367</v>
       </c>
       <c r="B46" t="s">
         <v>368</v>
       </c>
       <c r="C46" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D46" s="5">
+        <v>484</v>
+      </c>
+      <c r="D46" s="4">
         <v>45868</v>
       </c>
-      <c r="E46" t="s">
-[...6 lines deleted...]
-    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
         <v>369</v>
       </c>
       <c r="B47" t="s">
         <v>370</v>
       </c>
       <c r="C47" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D47" s="5">
+        <v>484</v>
+      </c>
+      <c r="D47" s="4">
         <v>45868</v>
       </c>
-      <c r="E47" t="s">
-[...6 lines deleted...]
-    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
         <v>371</v>
       </c>
       <c r="B48" t="s">
         <v>372</v>
       </c>
       <c r="C48" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D48" s="5">
+        <v>483</v>
+      </c>
+      <c r="D48" s="4">
         <v>45868</v>
       </c>
-      <c r="E48" t="s">
-[...6 lines deleted...]
-    <row r="49" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
         <v>373</v>
       </c>
       <c r="B49" t="s">
         <v>374</v>
       </c>
       <c r="C49" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D49" s="5">
+        <v>483</v>
+      </c>
+      <c r="D49" s="4">
         <v>45868</v>
       </c>
-      <c r="E49" t="s">
-[...6 lines deleted...]
-    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
         <v>375</v>
       </c>
       <c r="B50" t="s">
         <v>376</v>
       </c>
       <c r="C50" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D50" s="5">
+        <v>483</v>
+      </c>
+      <c r="D50" s="4">
         <v>45868</v>
       </c>
-      <c r="E50" t="s">
-[...6 lines deleted...]
-    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
         <v>377</v>
       </c>
       <c r="B51" t="s">
         <v>378</v>
       </c>
       <c r="C51" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D51" s="5">
+        <v>483</v>
+      </c>
+      <c r="D51" s="4">
         <v>45868</v>
       </c>
-      <c r="E51" t="s">
-[...6 lines deleted...]
-    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
         <v>379</v>
       </c>
       <c r="B52" t="s">
         <v>380</v>
       </c>
       <c r="C52" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D52" s="5">
+        <v>483</v>
+      </c>
+      <c r="D52" s="4">
         <v>45868</v>
       </c>
-      <c r="E52" t="s">
-[...6 lines deleted...]
-    <row r="53" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
         <v>381</v>
       </c>
       <c r="B53" t="s">
         <v>382</v>
       </c>
       <c r="C53" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D53" s="5">
+        <v>483</v>
+      </c>
+      <c r="D53" s="4">
         <v>45868</v>
       </c>
-      <c r="E53" t="s">
-[...6 lines deleted...]
-    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A54" t="s">
         <v>383</v>
       </c>
       <c r="B54" t="s">
         <v>384</v>
       </c>
       <c r="C54" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D54" s="5">
+        <v>483</v>
+      </c>
+      <c r="D54" s="4">
         <v>45868</v>
       </c>
-      <c r="E54" t="s">
-[...6 lines deleted...]
-    <row r="55" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A55" t="s">
         <v>385</v>
       </c>
       <c r="B55" t="s">
         <v>386</v>
       </c>
       <c r="C55" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D55" s="5">
+        <v>483</v>
+      </c>
+      <c r="D55" s="4">
         <v>45868</v>
       </c>
-      <c r="E55" t="s">
-[...6 lines deleted...]
-    <row r="56" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A56" t="s">
         <v>387</v>
       </c>
       <c r="B56" t="s">
         <v>388</v>
       </c>
       <c r="C56" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D56" s="5">
+        <v>483</v>
+      </c>
+      <c r="D56" s="4">
         <v>45868</v>
       </c>
-      <c r="E56" t="s">
-[...6 lines deleted...]
-    <row r="57" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A57" t="s">
         <v>389</v>
       </c>
       <c r="B57" t="s">
         <v>390</v>
       </c>
       <c r="C57" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D57" s="5">
+        <v>483</v>
+      </c>
+      <c r="D57" s="4">
         <v>45868</v>
       </c>
-      <c r="E57" t="s">
-[...6 lines deleted...]
-    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="58" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A58" t="s">
         <v>391</v>
       </c>
       <c r="B58" t="s">
         <v>392</v>
       </c>
       <c r="C58" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D58" s="5">
+        <v>483</v>
+      </c>
+      <c r="D58" s="4">
         <v>45868</v>
       </c>
-      <c r="E58" t="s">
-[...6 lines deleted...]
-    <row r="59" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A59" t="s">
         <v>393</v>
       </c>
       <c r="B59" t="s">
         <v>394</v>
       </c>
       <c r="C59" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D59" s="5">
+        <v>483</v>
+      </c>
+      <c r="D59" s="4">
         <v>45868</v>
       </c>
-      <c r="E59" t="s">
-[...6 lines deleted...]
-    <row r="60" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="60" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A60" t="s">
         <v>395</v>
       </c>
       <c r="B60" t="s">
         <v>396</v>
       </c>
       <c r="C60" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D60" s="5">
+        <v>483</v>
+      </c>
+      <c r="D60" s="4">
         <v>45868</v>
       </c>
-      <c r="E60" t="s">
-[...6 lines deleted...]
-    <row r="61" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A61" t="s">
         <v>397</v>
       </c>
       <c r="B61" t="s">
         <v>398</v>
       </c>
       <c r="C61" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D61" s="5">
+        <v>483</v>
+      </c>
+      <c r="D61" s="4">
         <v>45868</v>
       </c>
-      <c r="E61" t="s">
-[...6 lines deleted...]
-    <row r="62" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="62" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A62" t="s">
         <v>399</v>
       </c>
       <c r="B62" t="s">
         <v>400</v>
       </c>
       <c r="C62" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D62" s="5">
+        <v>483</v>
+      </c>
+      <c r="D62" s="4">
         <v>45868</v>
       </c>
-      <c r="E62" t="s">
-[...6 lines deleted...]
-    <row r="63" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="63" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A63" t="s">
         <v>401</v>
       </c>
       <c r="B63" t="s">
         <v>402</v>
       </c>
       <c r="C63" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D63" s="5">
+        <v>483</v>
+      </c>
+      <c r="D63" s="4">
         <v>45868</v>
       </c>
-      <c r="E63" t="s">
-[...6 lines deleted...]
-    <row r="64" spans="1:6" x14ac:dyDescent="0.25">
+    </row>
+    <row r="64" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A64" t="s">
         <v>403</v>
       </c>
       <c r="B64" t="s">
+        <v>488</v>
+      </c>
+      <c r="C64" t="s">
+        <v>483</v>
+      </c>
+      <c r="D64" s="4">
+        <v>45868</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A65" t="s">
         <v>404</v>
       </c>
-      <c r="C64" t="s">
-[...2 lines deleted...]
-      <c r="D64" s="5">
+      <c r="B65" t="s">
+        <v>405</v>
+      </c>
+      <c r="C65" t="s">
+        <v>483</v>
+      </c>
+      <c r="D65" s="4">
         <v>45868</v>
       </c>
-      <c r="E64" t="s">
-[...10 lines deleted...]
-      <c r="B65" t="s">
+    </row>
+    <row r="66" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A66" t="s">
         <v>406</v>
       </c>
-      <c r="C65" t="s">
-[...2 lines deleted...]
-      <c r="D65" s="5">
+      <c r="B66" t="s">
+        <v>407</v>
+      </c>
+      <c r="C66" t="s">
+        <v>483</v>
+      </c>
+      <c r="D66" s="4">
         <v>45868</v>
       </c>
-      <c r="E65" t="s">
-[...10 lines deleted...]
-      <c r="B66" t="s">
+    </row>
+    <row r="67" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A67" t="s">
         <v>408</v>
       </c>
-      <c r="C66" t="s">
-[...2 lines deleted...]
-      <c r="D66" s="5">
+      <c r="B67" t="s">
+        <v>409</v>
+      </c>
+      <c r="C67" t="s">
+        <v>483</v>
+      </c>
+      <c r="D67" s="4">
         <v>45868</v>
       </c>
-      <c r="E66" t="s">
-[...10 lines deleted...]
-      <c r="B67" t="s">
+    </row>
+    <row r="68" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A68" t="s">
         <v>410</v>
       </c>
-      <c r="C67" t="s">
-[...2 lines deleted...]
-      <c r="D67" s="5">
+      <c r="B68" t="s">
+        <v>411</v>
+      </c>
+      <c r="C68" t="s">
+        <v>483</v>
+      </c>
+      <c r="D68" s="4">
         <v>45868</v>
       </c>
-      <c r="E67" t="s">
-[...10 lines deleted...]
-      <c r="B68" t="s">
+    </row>
+    <row r="69" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A69" t="s">
         <v>412</v>
       </c>
-      <c r="C68" t="s">
-[...2 lines deleted...]
-      <c r="D68" s="5">
+      <c r="B69" t="s">
+        <v>413</v>
+      </c>
+      <c r="C69" t="s">
+        <v>483</v>
+      </c>
+      <c r="D69" s="4">
         <v>45868</v>
       </c>
-      <c r="E68" t="s">
-[...10 lines deleted...]
-      <c r="B69" t="s">
+    </row>
+    <row r="70" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A70" t="s">
         <v>414</v>
       </c>
-      <c r="C69" t="s">
-[...2 lines deleted...]
-      <c r="D69" s="5">
+      <c r="B70" t="s">
+        <v>415</v>
+      </c>
+      <c r="C70" t="s">
+        <v>483</v>
+      </c>
+      <c r="D70" s="4">
         <v>45868</v>
       </c>
-      <c r="E69" t="s">
-[...10 lines deleted...]
-      <c r="B70" t="s">
+    </row>
+    <row r="71" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A71" t="s">
         <v>416</v>
       </c>
-      <c r="C70" t="s">
-[...2 lines deleted...]
-      <c r="D70" s="5">
+      <c r="B71" t="s">
+        <v>417</v>
+      </c>
+      <c r="C71" t="s">
+        <v>483</v>
+      </c>
+      <c r="D71" s="4">
         <v>45868</v>
       </c>
-      <c r="E70" t="s">
-[...27 lines deleted...]
-      <c r="A72" s="3" t="s">
+    </row>
+    <row r="72" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A72" t="s">
+        <v>450</v>
+      </c>
+      <c r="B72" t="s">
+        <v>473</v>
+      </c>
+      <c r="C72" t="s">
+        <v>486</v>
+      </c>
+      <c r="D72" s="4">
+        <v>45972</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A73" t="s">
+        <v>454</v>
+      </c>
+      <c r="B73" t="s">
+        <v>474</v>
+      </c>
+      <c r="C73" t="s">
+        <v>486</v>
+      </c>
+      <c r="D73" s="4">
+        <v>45972</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A74" t="s">
+        <v>452</v>
+      </c>
+      <c r="B74" t="s">
+        <v>475</v>
+      </c>
+      <c r="C74" t="s">
+        <v>486</v>
+      </c>
+      <c r="D74" s="4">
+        <v>45972</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A75" t="s">
+        <v>460</v>
+      </c>
+      <c r="B75" t="s">
+        <v>468</v>
+      </c>
+      <c r="C75" t="s">
+        <v>486</v>
+      </c>
+      <c r="D75" s="4">
+        <v>45972</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A76" t="s">
+        <v>462</v>
+      </c>
+      <c r="B76" t="s">
+        <v>469</v>
+      </c>
+      <c r="C76" t="s">
+        <v>486</v>
+      </c>
+      <c r="D76" s="4">
+        <v>45995</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A77" t="s">
+        <v>516</v>
+      </c>
+      <c r="B77" t="s">
+        <v>470</v>
+      </c>
+      <c r="C77" t="s">
+        <v>486</v>
+      </c>
+      <c r="D77" s="4">
+        <v>45972</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A78" t="s">
+        <v>466</v>
+      </c>
+      <c r="B78" t="s">
+        <v>471</v>
+      </c>
+      <c r="C78" t="s">
+        <v>486</v>
+      </c>
+      <c r="D78" s="4">
+        <v>45972</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A79" t="s">
+        <v>464</v>
+      </c>
+      <c r="B79" t="s">
+        <v>472</v>
+      </c>
+      <c r="C79" t="s">
+        <v>486</v>
+      </c>
+      <c r="D79" s="4">
+        <v>45972</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A80" t="s">
+        <v>456</v>
+      </c>
+      <c r="B80" t="s">
+        <v>476</v>
+      </c>
+      <c r="C80" t="s">
+        <v>486</v>
+      </c>
+      <c r="D80" s="4">
+        <v>45972</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A81" t="s">
+        <v>594</v>
+      </c>
+      <c r="B81" t="s">
+        <v>489</v>
+      </c>
+      <c r="C81" t="s">
+        <v>515</v>
+      </c>
+      <c r="D81" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A82" t="s">
+        <v>595</v>
+      </c>
+      <c r="B82" t="s">
         <v>490</v>
       </c>
-      <c r="B72" t="s">
-[...172 lines deleted...]
-        <v>4</v>
+      <c r="C82" t="s">
+        <v>515</v>
+      </c>
+      <c r="D82" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A83" t="s">
+        <v>596</v>
+      </c>
+      <c r="B83" t="s">
+        <v>491</v>
+      </c>
+      <c r="C83" t="s">
+        <v>515</v>
+      </c>
+      <c r="D83" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A84" t="s">
+        <v>597</v>
+      </c>
+      <c r="B84" t="s">
+        <v>492</v>
+      </c>
+      <c r="C84" t="s">
+        <v>515</v>
+      </c>
+      <c r="D84" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A85" t="s">
+        <v>598</v>
+      </c>
+      <c r="B85" t="s">
+        <v>493</v>
+      </c>
+      <c r="C85" t="s">
+        <v>515</v>
+      </c>
+      <c r="D85" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A86" t="s">
+        <v>599</v>
+      </c>
+      <c r="B86" t="s">
+        <v>494</v>
+      </c>
+      <c r="C86" t="s">
+        <v>515</v>
+      </c>
+      <c r="D86" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A87" t="s">
+        <v>600</v>
+      </c>
+      <c r="B87" t="s">
+        <v>584</v>
+      </c>
+      <c r="C87" t="s">
+        <v>574</v>
+      </c>
+      <c r="D87" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A88" t="s">
+        <v>601</v>
+      </c>
+      <c r="B88" t="s">
+        <v>585</v>
+      </c>
+      <c r="C88" t="s">
+        <v>574</v>
+      </c>
+      <c r="D88" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A89" t="s">
+        <v>602</v>
+      </c>
+      <c r="B89" t="s">
+        <v>586</v>
+      </c>
+      <c r="C89" t="s">
+        <v>574</v>
+      </c>
+      <c r="D89" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A90" t="s">
+        <v>603</v>
+      </c>
+      <c r="B90" t="s">
+        <v>587</v>
+      </c>
+      <c r="C90" t="s">
+        <v>574</v>
+      </c>
+      <c r="D90" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A91" t="s">
+        <v>604</v>
+      </c>
+      <c r="B91" t="s">
+        <v>587</v>
+      </c>
+      <c r="C91" t="s">
+        <v>590</v>
+      </c>
+      <c r="D91" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A92" t="s">
+        <v>605</v>
+      </c>
+      <c r="B92" t="s">
+        <v>588</v>
+      </c>
+      <c r="C92" t="s">
+        <v>574</v>
+      </c>
+      <c r="D92" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A93" t="s">
+        <v>606</v>
+      </c>
+      <c r="B93" t="s">
+        <v>588</v>
+      </c>
+      <c r="C93" t="s">
+        <v>590</v>
+      </c>
+      <c r="D93" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A94" t="s">
+        <v>607</v>
+      </c>
+      <c r="B94" t="s">
+        <v>589</v>
+      </c>
+      <c r="C94" t="s">
+        <v>574</v>
+      </c>
+      <c r="D94" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A95" t="s">
+        <v>608</v>
+      </c>
+      <c r="B95" t="s">
+        <v>589</v>
+      </c>
+      <c r="C95" t="s">
+        <v>590</v>
+      </c>
+      <c r="D95" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A96" t="s">
+        <v>609</v>
+      </c>
+      <c r="B96" t="s">
+        <v>593</v>
+      </c>
+      <c r="C96" t="s">
+        <v>590</v>
+      </c>
+      <c r="D96" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A97" t="s">
+        <v>610</v>
+      </c>
+      <c r="B97" t="s">
+        <v>592</v>
+      </c>
+      <c r="C97" t="s">
+        <v>590</v>
+      </c>
+      <c r="D97" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A98" t="s">
+        <v>611</v>
+      </c>
+      <c r="B98" t="s">
+        <v>591</v>
+      </c>
+      <c r="C98" t="s">
+        <v>590</v>
+      </c>
+      <c r="D98" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A99" t="s">
+        <v>612</v>
+      </c>
+      <c r="B99" t="s">
+        <v>495</v>
+      </c>
+      <c r="C99" t="s">
+        <v>515</v>
+      </c>
+      <c r="D99" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A100" t="s">
+        <v>613</v>
+      </c>
+      <c r="B100" t="s">
+        <v>497</v>
+      </c>
+      <c r="C100" t="s">
+        <v>515</v>
+      </c>
+      <c r="D100" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A101" t="s">
+        <v>631</v>
+      </c>
+      <c r="B101" t="s">
+        <v>496</v>
+      </c>
+      <c r="C101" t="s">
+        <v>515</v>
+      </c>
+      <c r="D101" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A102" t="s">
+        <v>614</v>
+      </c>
+      <c r="B102" t="s">
+        <v>498</v>
+      </c>
+      <c r="C102" t="s">
+        <v>515</v>
+      </c>
+      <c r="D102" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A103" t="s">
+        <v>615</v>
+      </c>
+      <c r="B103" t="s">
+        <v>499</v>
+      </c>
+      <c r="C103" t="s">
+        <v>515</v>
+      </c>
+      <c r="D103" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A104" t="s">
+        <v>616</v>
+      </c>
+      <c r="B104" t="s">
+        <v>500</v>
+      </c>
+      <c r="C104" t="s">
+        <v>515</v>
+      </c>
+      <c r="D104" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A105" t="s">
+        <v>617</v>
+      </c>
+      <c r="B105" t="s">
+        <v>501</v>
+      </c>
+      <c r="C105" t="s">
+        <v>515</v>
+      </c>
+      <c r="D105" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A106" t="s">
+        <v>618</v>
+      </c>
+      <c r="B106" t="s">
+        <v>502</v>
+      </c>
+      <c r="C106" t="s">
+        <v>515</v>
+      </c>
+      <c r="D106" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A107" t="s">
+        <v>619</v>
+      </c>
+      <c r="B107" t="s">
+        <v>503</v>
+      </c>
+      <c r="C107" t="s">
+        <v>515</v>
+      </c>
+      <c r="D107" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A108" t="s">
+        <v>620</v>
+      </c>
+      <c r="B108" t="s">
+        <v>504</v>
+      </c>
+      <c r="C108" t="s">
+        <v>515</v>
+      </c>
+      <c r="D108" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A109" t="s">
+        <v>621</v>
+      </c>
+      <c r="B109" t="s">
+        <v>505</v>
+      </c>
+      <c r="C109" t="s">
+        <v>515</v>
+      </c>
+      <c r="D109" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A110" t="s">
+        <v>622</v>
+      </c>
+      <c r="B110" t="s">
+        <v>506</v>
+      </c>
+      <c r="C110" t="s">
+        <v>515</v>
+      </c>
+      <c r="D110" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A111" t="s">
+        <v>623</v>
+      </c>
+      <c r="B111" t="s">
+        <v>507</v>
+      </c>
+      <c r="C111" t="s">
+        <v>515</v>
+      </c>
+      <c r="D111" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A112" t="s">
+        <v>624</v>
+      </c>
+      <c r="B112" t="s">
+        <v>508</v>
+      </c>
+      <c r="C112" t="s">
+        <v>515</v>
+      </c>
+      <c r="D112" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A113" t="s">
+        <v>625</v>
+      </c>
+      <c r="B113" t="s">
+        <v>509</v>
+      </c>
+      <c r="C113" t="s">
+        <v>515</v>
+      </c>
+      <c r="D113" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A114" t="s">
+        <v>626</v>
+      </c>
+      <c r="B114" t="s">
+        <v>510</v>
+      </c>
+      <c r="C114" t="s">
+        <v>515</v>
+      </c>
+      <c r="D114" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A115" t="s">
+        <v>627</v>
+      </c>
+      <c r="B115" t="s">
+        <v>511</v>
+      </c>
+      <c r="C115" t="s">
+        <v>515</v>
+      </c>
+      <c r="D115" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A116" t="s">
+        <v>628</v>
+      </c>
+      <c r="B116" t="s">
+        <v>512</v>
+      </c>
+      <c r="C116" t="s">
+        <v>515</v>
+      </c>
+      <c r="D116" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A117" t="s">
+        <v>629</v>
+      </c>
+      <c r="B117" t="s">
+        <v>513</v>
+      </c>
+      <c r="C117" t="s">
+        <v>515</v>
+      </c>
+      <c r="D117" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A118" t="s">
+        <v>630</v>
+      </c>
+      <c r="B118" t="s">
+        <v>514</v>
+      </c>
+      <c r="C118" t="s">
+        <v>515</v>
+      </c>
+      <c r="D118" s="4">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A119" t="s">
+        <v>632</v>
+      </c>
+      <c r="B119" t="s">
+        <v>633</v>
+      </c>
+      <c r="C119" t="s">
+        <v>683</v>
+      </c>
+      <c r="D119" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A120" t="s">
+        <v>634</v>
+      </c>
+      <c r="B120" t="s">
+        <v>633</v>
+      </c>
+      <c r="C120" t="s">
+        <v>684</v>
+      </c>
+      <c r="D120" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A121" t="s">
+        <v>635</v>
+      </c>
+      <c r="B121" t="s">
+        <v>633</v>
+      </c>
+      <c r="C121" t="s">
+        <v>685</v>
+      </c>
+      <c r="D121" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A122" t="s">
+        <v>636</v>
+      </c>
+      <c r="B122" t="s">
+        <v>633</v>
+      </c>
+      <c r="C122" t="s">
+        <v>686</v>
+      </c>
+      <c r="D122" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A123" t="s">
+        <v>637</v>
+      </c>
+      <c r="B123" t="s">
+        <v>638</v>
+      </c>
+      <c r="C123" t="s">
+        <v>685</v>
+      </c>
+      <c r="D123" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A124" t="s">
+        <v>639</v>
+      </c>
+      <c r="B124" t="s">
+        <v>638</v>
+      </c>
+      <c r="C124" t="s">
+        <v>684</v>
+      </c>
+      <c r="D124" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A125" t="s">
+        <v>640</v>
+      </c>
+      <c r="B125" t="s">
+        <v>638</v>
+      </c>
+      <c r="C125" t="s">
+        <v>683</v>
+      </c>
+      <c r="D125" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A126" t="s">
+        <v>641</v>
+      </c>
+      <c r="B126" t="s">
+        <v>638</v>
+      </c>
+      <c r="C126" t="s">
+        <v>686</v>
+      </c>
+      <c r="D126" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A127" t="s">
+        <v>642</v>
+      </c>
+      <c r="B127" t="s">
+        <v>643</v>
+      </c>
+      <c r="C127" t="s">
+        <v>683</v>
+      </c>
+      <c r="D127" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A128" t="s">
+        <v>644</v>
+      </c>
+      <c r="B128" t="s">
+        <v>643</v>
+      </c>
+      <c r="C128" t="s">
+        <v>684</v>
+      </c>
+      <c r="D128" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A129" t="s">
+        <v>645</v>
+      </c>
+      <c r="B129" t="s">
+        <v>643</v>
+      </c>
+      <c r="C129" t="s">
+        <v>685</v>
+      </c>
+      <c r="D129" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A130" t="s">
+        <v>646</v>
+      </c>
+      <c r="B130" t="s">
+        <v>643</v>
+      </c>
+      <c r="C130" t="s">
+        <v>686</v>
+      </c>
+      <c r="D130" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A131" t="s">
+        <v>647</v>
+      </c>
+      <c r="B131" t="s">
+        <v>648</v>
+      </c>
+      <c r="C131" t="s">
+        <v>686</v>
+      </c>
+      <c r="D131" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A132" t="s">
+        <v>649</v>
+      </c>
+      <c r="B132" t="s">
+        <v>648</v>
+      </c>
+      <c r="C132" t="s">
+        <v>685</v>
+      </c>
+      <c r="D132" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A133" t="s">
+        <v>650</v>
+      </c>
+      <c r="B133" t="s">
+        <v>648</v>
+      </c>
+      <c r="C133" t="s">
+        <v>684</v>
+      </c>
+      <c r="D133" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A134" t="s">
+        <v>651</v>
+      </c>
+      <c r="B134" t="s">
+        <v>648</v>
+      </c>
+      <c r="C134" t="s">
+        <v>683</v>
+      </c>
+      <c r="D134" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A135" t="s">
+        <v>652</v>
+      </c>
+      <c r="B135" t="s">
+        <v>653</v>
+      </c>
+      <c r="C135" t="s">
+        <v>683</v>
+      </c>
+      <c r="D135" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A136" t="s">
+        <v>654</v>
+      </c>
+      <c r="B136" t="s">
+        <v>653</v>
+      </c>
+      <c r="C136" t="s">
+        <v>684</v>
+      </c>
+      <c r="D136" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A137" t="s">
+        <v>655</v>
+      </c>
+      <c r="B137" t="s">
+        <v>653</v>
+      </c>
+      <c r="C137" t="s">
+        <v>685</v>
+      </c>
+      <c r="D137" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A138" t="s">
+        <v>656</v>
+      </c>
+      <c r="B138" t="s">
+        <v>653</v>
+      </c>
+      <c r="C138" t="s">
+        <v>686</v>
+      </c>
+      <c r="D138" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A139" t="s">
+        <v>657</v>
+      </c>
+      <c r="B139" t="s">
+        <v>658</v>
+      </c>
+      <c r="C139" t="s">
+        <v>686</v>
+      </c>
+      <c r="D139" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A140" t="s">
+        <v>659</v>
+      </c>
+      <c r="B140" t="s">
+        <v>658</v>
+      </c>
+      <c r="C140" t="s">
+        <v>685</v>
+      </c>
+      <c r="D140" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A141" t="s">
+        <v>660</v>
+      </c>
+      <c r="B141" t="s">
+        <v>658</v>
+      </c>
+      <c r="C141" t="s">
+        <v>684</v>
+      </c>
+      <c r="D141" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A142" t="s">
+        <v>661</v>
+      </c>
+      <c r="B142" t="s">
+        <v>658</v>
+      </c>
+      <c r="C142" t="s">
+        <v>683</v>
+      </c>
+      <c r="D142" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A143" t="s">
+        <v>662</v>
+      </c>
+      <c r="B143" t="s">
+        <v>663</v>
+      </c>
+      <c r="C143" t="s">
+        <v>686</v>
+      </c>
+      <c r="D143" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A144" t="s">
+        <v>664</v>
+      </c>
+      <c r="B144" t="s">
+        <v>663</v>
+      </c>
+      <c r="C144" t="s">
+        <v>685</v>
+      </c>
+      <c r="D144" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A145" t="s">
+        <v>665</v>
+      </c>
+      <c r="B145" t="s">
+        <v>663</v>
+      </c>
+      <c r="C145" t="s">
+        <v>687</v>
+      </c>
+      <c r="D145" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A146" t="s">
+        <v>666</v>
+      </c>
+      <c r="B146" t="s">
+        <v>667</v>
+      </c>
+      <c r="C146" t="s">
+        <v>687</v>
+      </c>
+      <c r="D146" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A147" t="s">
+        <v>668</v>
+      </c>
+      <c r="B147" t="s">
+        <v>667</v>
+      </c>
+      <c r="C147" t="s">
+        <v>685</v>
+      </c>
+      <c r="D147" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A148" t="s">
+        <v>669</v>
+      </c>
+      <c r="B148" t="s">
+        <v>667</v>
+      </c>
+      <c r="C148" t="s">
+        <v>686</v>
+      </c>
+      <c r="D148" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A149" t="s">
+        <v>670</v>
+      </c>
+      <c r="B149" t="s">
+        <v>671</v>
+      </c>
+      <c r="C149" t="s">
+        <v>686</v>
+      </c>
+      <c r="D149" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A150" t="s">
+        <v>672</v>
+      </c>
+      <c r="B150" t="s">
+        <v>671</v>
+      </c>
+      <c r="C150" t="s">
+        <v>687</v>
+      </c>
+      <c r="D150" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A151" t="s">
+        <v>673</v>
+      </c>
+      <c r="B151" t="s">
+        <v>671</v>
+      </c>
+      <c r="C151" t="s">
+        <v>685</v>
+      </c>
+      <c r="D151" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A152" t="s">
+        <v>674</v>
+      </c>
+      <c r="B152" t="s">
+        <v>675</v>
+      </c>
+      <c r="C152" t="s">
+        <v>687</v>
+      </c>
+      <c r="D152" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="153" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A153" t="s">
+        <v>676</v>
+      </c>
+      <c r="B153" t="s">
+        <v>675</v>
+      </c>
+      <c r="C153" t="s">
+        <v>685</v>
+      </c>
+      <c r="D153" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="154" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A154" t="s">
+        <v>677</v>
+      </c>
+      <c r="B154" t="s">
+        <v>675</v>
+      </c>
+      <c r="C154" t="s">
+        <v>686</v>
+      </c>
+      <c r="D154" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="155" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A155" t="s">
+        <v>678</v>
+      </c>
+      <c r="B155" t="s">
+        <v>679</v>
+      </c>
+      <c r="C155" t="s">
+        <v>686</v>
+      </c>
+      <c r="D155" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="156" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A156" t="s">
+        <v>680</v>
+      </c>
+      <c r="B156" t="s">
+        <v>679</v>
+      </c>
+      <c r="C156" t="s">
+        <v>684</v>
+      </c>
+      <c r="D156" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="157" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A157" t="s">
+        <v>681</v>
+      </c>
+      <c r="B157" t="s">
+        <v>679</v>
+      </c>
+      <c r="C157" t="s">
+        <v>685</v>
+      </c>
+      <c r="D157" s="4">
+        <v>46052</v>
+      </c>
+    </row>
+    <row r="158" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A158" t="s">
+        <v>682</v>
+      </c>
+      <c r="B158" t="s">
+        <v>679</v>
+      </c>
+      <c r="C158" t="s">
+        <v>683</v>
+      </c>
+      <c r="D158" s="4">
+        <v>46052</v>
       </c>
     </row>
   </sheetData>
+  <autoFilter ref="A1:D80" xr:uid="{08C5C210-ADF8-4DBB-9D19-98CE834E04EA}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C1784736-BD36-46D4-BC4E-5646BD3C3F94}">
-  <dimension ref="A1:F200"/>
+  <dimension ref="A1:F235"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="D47" sqref="D47"/>
+    <sheetView topLeftCell="A210" workbookViewId="0">
+      <selection activeCell="B208" sqref="B208"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="17.69921875" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="45.69921875" customWidth="1"/>
+    <col min="1" max="1" width="17.6640625" customWidth="1"/>
+    <col min="2" max="2" width="86.33203125" customWidth="1"/>
+    <col min="3" max="3" width="17.6640625" customWidth="1"/>
+    <col min="4" max="4" width="19.77734375" style="5" customWidth="1"/>
+    <col min="5" max="5" width="28.21875" customWidth="1"/>
+    <col min="6" max="6" width="45.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-        <v>489</v>
+        <v>482</v>
+      </c>
+      <c r="D1" s="3" t="s">
+        <v>487</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="2" spans="1:6" s="2" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:6" s="2" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>63</v>
       </c>
       <c r="B2" t="s">
         <v>64</v>
       </c>
       <c r="C2" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D2" s="5">
+        <v>478</v>
+      </c>
+      <c r="D2" s="4">
         <v>45972</v>
       </c>
       <c r="E2" t="s">
         <v>3</v>
       </c>
       <c r="F2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>65</v>
       </c>
       <c r="B3" t="s">
         <v>66</v>
       </c>
       <c r="C3" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D3" s="5">
+        <v>478</v>
+      </c>
+      <c r="D3" s="4">
         <v>45972</v>
       </c>
       <c r="E3" t="s">
         <v>3</v>
       </c>
       <c r="F3" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>67</v>
       </c>
       <c r="B4" t="s">
         <v>68</v>
       </c>
       <c r="C4" t="s">
-        <v>481</v>
-[...1 lines deleted...]
-      <c r="D4" s="5">
+        <v>479</v>
+      </c>
+      <c r="D4" s="4">
         <v>45972</v>
       </c>
       <c r="E4" t="s">
         <v>3</v>
       </c>
       <c r="F4" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>69</v>
       </c>
       <c r="B5" t="s">
         <v>70</v>
       </c>
       <c r="C5" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D5" s="5">
+        <v>480</v>
+      </c>
+      <c r="D5" s="4">
         <v>45972</v>
       </c>
       <c r="E5" t="s">
         <v>3</v>
       </c>
       <c r="F5" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>71</v>
       </c>
       <c r="B6" t="s">
         <v>72</v>
       </c>
       <c r="C6" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D6" s="5">
+        <v>478</v>
+      </c>
+      <c r="D6" s="4">
         <v>45972</v>
       </c>
       <c r="E6" t="s">
         <v>3</v>
       </c>
       <c r="F6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>73</v>
       </c>
       <c r="B7" t="s">
         <v>74</v>
       </c>
       <c r="C7" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D7" s="5">
+        <v>480</v>
+      </c>
+      <c r="D7" s="4">
         <v>45972</v>
       </c>
       <c r="E7" t="s">
         <v>3</v>
       </c>
       <c r="F7" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>75</v>
       </c>
       <c r="B8" t="s">
         <v>76</v>
       </c>
       <c r="C8" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D8" s="5">
+        <v>478</v>
+      </c>
+      <c r="D8" s="4">
         <v>45972</v>
       </c>
       <c r="E8" t="s">
         <v>3</v>
       </c>
       <c r="F8" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>77</v>
       </c>
       <c r="B9" t="s">
         <v>78</v>
       </c>
       <c r="C9" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D9" s="5">
+        <v>478</v>
+      </c>
+      <c r="D9" s="4">
         <v>45972</v>
       </c>
       <c r="E9" t="s">
         <v>3</v>
       </c>
       <c r="F9" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>79</v>
       </c>
       <c r="B10" t="s">
         <v>78</v>
       </c>
       <c r="C10" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D10" s="5">
+        <v>480</v>
+      </c>
+      <c r="D10" s="4">
         <v>45972</v>
       </c>
       <c r="E10" t="s">
         <v>3</v>
       </c>
       <c r="F10" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>80</v>
       </c>
       <c r="B11" t="s">
         <v>81</v>
       </c>
       <c r="C11" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D11" s="5">
+        <v>478</v>
+      </c>
+      <c r="D11" s="4">
         <v>45972</v>
       </c>
       <c r="E11" t="s">
         <v>3</v>
       </c>
       <c r="F11" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>82</v>
       </c>
       <c r="B12" t="s">
         <v>81</v>
       </c>
       <c r="C12" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D12" s="5">
+        <v>480</v>
+      </c>
+      <c r="D12" s="4">
         <v>45972</v>
       </c>
       <c r="E12" t="s">
         <v>3</v>
       </c>
       <c r="F12" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>83</v>
       </c>
       <c r="B13" t="s">
         <v>84</v>
       </c>
       <c r="C13" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D13" s="5">
+        <v>478</v>
+      </c>
+      <c r="D13" s="4">
         <v>45972</v>
       </c>
       <c r="E13" t="s">
         <v>3</v>
       </c>
       <c r="F13" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>85</v>
       </c>
       <c r="B14" t="s">
         <v>84</v>
       </c>
       <c r="C14" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D14" s="5">
+        <v>480</v>
+      </c>
+      <c r="D14" s="4">
         <v>45972</v>
       </c>
       <c r="E14" t="s">
         <v>3</v>
       </c>
       <c r="F14" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>86</v>
       </c>
       <c r="B15" t="s">
         <v>87</v>
       </c>
       <c r="C15" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D15" s="5">
+        <v>478</v>
+      </c>
+      <c r="D15" s="4">
         <v>45972</v>
       </c>
       <c r="E15" t="s">
         <v>3</v>
       </c>
       <c r="F15" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>88</v>
       </c>
       <c r="B16" t="s">
         <v>89</v>
       </c>
       <c r="C16" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="D16" s="5">
+        <v>481</v>
+      </c>
+      <c r="D16" s="4">
         <v>45972</v>
       </c>
       <c r="E16" t="s">
         <v>3</v>
       </c>
       <c r="F16" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>90</v>
       </c>
       <c r="B17" t="s">
         <v>89</v>
       </c>
       <c r="C17" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D17" s="5">
+        <v>480</v>
+      </c>
+      <c r="D17" s="4">
         <v>45972</v>
       </c>
       <c r="E17" t="s">
         <v>3</v>
       </c>
       <c r="F17" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>91</v>
       </c>
       <c r="B18" t="s">
         <v>89</v>
       </c>
       <c r="C18" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D18" s="5">
+        <v>478</v>
+      </c>
+      <c r="D18" s="4">
         <v>45972</v>
       </c>
       <c r="E18" t="s">
         <v>3</v>
       </c>
       <c r="F18" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>92</v>
       </c>
       <c r="B19" t="s">
         <v>93</v>
       </c>
       <c r="C19" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="D19" s="5">
+        <v>481</v>
+      </c>
+      <c r="D19" s="4">
         <v>45972</v>
       </c>
       <c r="E19" t="s">
         <v>3</v>
       </c>
       <c r="F19" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>94</v>
       </c>
       <c r="B20" t="s">
         <v>93</v>
       </c>
       <c r="C20" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D20" s="5">
+        <v>480</v>
+      </c>
+      <c r="D20" s="4">
         <v>45972</v>
       </c>
       <c r="E20" t="s">
         <v>3</v>
       </c>
       <c r="F20" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>95</v>
       </c>
       <c r="B21" t="s">
         <v>96</v>
       </c>
       <c r="C21" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D21" s="5">
+        <v>480</v>
+      </c>
+      <c r="D21" s="4">
         <v>45972</v>
       </c>
       <c r="E21" t="s">
         <v>3</v>
       </c>
       <c r="F21" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>97</v>
       </c>
       <c r="B22" t="s">
         <v>98</v>
       </c>
       <c r="C22" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D22" s="5">
+        <v>478</v>
+      </c>
+      <c r="D22" s="4">
         <v>45972</v>
       </c>
       <c r="E22" t="s">
         <v>3</v>
       </c>
       <c r="F22" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>99</v>
       </c>
       <c r="B23" t="s">
         <v>98</v>
       </c>
       <c r="C23" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D23" s="5">
+        <v>480</v>
+      </c>
+      <c r="D23" s="4">
         <v>45972</v>
       </c>
       <c r="E23" t="s">
         <v>3</v>
       </c>
       <c r="F23" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>100</v>
       </c>
       <c r="B24" t="s">
         <v>101</v>
       </c>
       <c r="C24" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D24" s="5">
+        <v>478</v>
+      </c>
+      <c r="D24" s="4">
         <v>45972</v>
       </c>
       <c r="E24" t="s">
         <v>3</v>
       </c>
       <c r="F24" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>102</v>
       </c>
       <c r="B25" t="s">
         <v>103</v>
       </c>
       <c r="C25" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D25" s="5">
+        <v>480</v>
+      </c>
+      <c r="D25" s="4">
         <v>45972</v>
       </c>
       <c r="E25" t="s">
         <v>3</v>
       </c>
       <c r="F25" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>104</v>
       </c>
       <c r="B26" t="s">
         <v>103</v>
       </c>
       <c r="C26" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D26" s="5">
+        <v>478</v>
+      </c>
+      <c r="D26" s="4">
         <v>45972</v>
       </c>
       <c r="E26" t="s">
         <v>3</v>
       </c>
       <c r="F26" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>105</v>
       </c>
       <c r="B27" t="s">
         <v>106</v>
       </c>
       <c r="C27" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D27" s="5">
+        <v>478</v>
+      </c>
+      <c r="D27" s="4">
         <v>45972</v>
       </c>
       <c r="E27" t="s">
         <v>3</v>
       </c>
       <c r="F27" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>107</v>
       </c>
       <c r="B28" t="s">
         <v>106</v>
       </c>
       <c r="C28" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D28" s="5">
+        <v>480</v>
+      </c>
+      <c r="D28" s="4">
         <v>45972</v>
       </c>
       <c r="E28" t="s">
         <v>3</v>
       </c>
       <c r="F28" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>108</v>
       </c>
       <c r="B29" t="s">
         <v>109</v>
       </c>
       <c r="C29" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D29" s="5">
+        <v>478</v>
+      </c>
+      <c r="D29" s="4">
         <v>45972</v>
       </c>
       <c r="E29" t="s">
         <v>3</v>
       </c>
       <c r="F29" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>110</v>
       </c>
       <c r="B30" t="s">
         <v>109</v>
       </c>
       <c r="C30" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D30" s="5">
+        <v>480</v>
+      </c>
+      <c r="D30" s="4">
         <v>45972</v>
       </c>
       <c r="E30" t="s">
         <v>3</v>
       </c>
       <c r="F30" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>111</v>
       </c>
       <c r="B31" t="s">
         <v>112</v>
       </c>
       <c r="C31" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D31" s="5">
+        <v>478</v>
+      </c>
+      <c r="D31" s="4">
         <v>45972</v>
       </c>
       <c r="E31" t="s">
         <v>3</v>
       </c>
       <c r="F31" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>113</v>
       </c>
       <c r="B32" t="s">
         <v>112</v>
       </c>
       <c r="C32" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D32" s="5">
+        <v>480</v>
+      </c>
+      <c r="D32" s="4">
         <v>45972</v>
       </c>
       <c r="E32" t="s">
         <v>3</v>
       </c>
       <c r="F32" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>114</v>
       </c>
       <c r="B33" t="s">
         <v>115</v>
       </c>
       <c r="C33" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D33" s="5">
+        <v>478</v>
+      </c>
+      <c r="D33" s="4">
         <v>45972</v>
       </c>
       <c r="E33" t="s">
         <v>3</v>
       </c>
       <c r="F33" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>116</v>
       </c>
       <c r="B34" t="s">
         <v>115</v>
       </c>
       <c r="C34" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D34" s="5">
+        <v>480</v>
+      </c>
+      <c r="D34" s="4">
         <v>45972</v>
       </c>
       <c r="E34" t="s">
         <v>3</v>
       </c>
       <c r="F34" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>117</v>
       </c>
       <c r="B35" t="s">
         <v>118</v>
       </c>
       <c r="C35" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D35" s="5">
+        <v>478</v>
+      </c>
+      <c r="D35" s="4">
         <v>45972</v>
       </c>
       <c r="E35" t="s">
         <v>3</v>
       </c>
       <c r="F35" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="36" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>119</v>
       </c>
       <c r="B36" t="s">
         <v>118</v>
       </c>
       <c r="C36" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D36" s="5">
+        <v>480</v>
+      </c>
+      <c r="D36" s="4">
         <v>45972</v>
       </c>
       <c r="E36" t="s">
         <v>3</v>
       </c>
       <c r="F36" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>120</v>
       </c>
       <c r="B37" t="s">
         <v>121</v>
       </c>
       <c r="C37" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D37" s="5">
+        <v>480</v>
+      </c>
+      <c r="D37" s="4">
         <v>45972</v>
       </c>
       <c r="E37" t="s">
         <v>3</v>
       </c>
       <c r="F37" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>122</v>
       </c>
       <c r="B38" t="s">
         <v>121</v>
       </c>
       <c r="C38" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D38" s="5">
+        <v>478</v>
+      </c>
+      <c r="D38" s="4">
         <v>45972</v>
       </c>
       <c r="E38" t="s">
         <v>3</v>
       </c>
       <c r="F38" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>123</v>
       </c>
       <c r="B39" t="s">
         <v>124</v>
       </c>
       <c r="C39" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D39" s="5">
+        <v>480</v>
+      </c>
+      <c r="D39" s="4">
         <v>45972</v>
       </c>
       <c r="E39" t="s">
         <v>3</v>
       </c>
       <c r="F39" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>125</v>
       </c>
       <c r="B40" t="s">
         <v>124</v>
       </c>
       <c r="C40" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D40" s="5">
+        <v>478</v>
+      </c>
+      <c r="D40" s="4">
         <v>45972</v>
       </c>
       <c r="E40" t="s">
         <v>3</v>
       </c>
       <c r="F40" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>126</v>
       </c>
       <c r="B41" t="s">
         <v>127</v>
       </c>
       <c r="C41" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D41" s="5">
+        <v>478</v>
+      </c>
+      <c r="D41" s="4">
         <v>45972</v>
       </c>
       <c r="E41" t="s">
         <v>3</v>
       </c>
       <c r="F41" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>128</v>
       </c>
       <c r="B42" t="s">
         <v>127</v>
       </c>
       <c r="C42" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D42" s="5">
+        <v>478</v>
+      </c>
+      <c r="D42" s="4">
         <v>45972</v>
       </c>
       <c r="E42" t="s">
         <v>3</v>
       </c>
       <c r="F42" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>129</v>
       </c>
       <c r="B43" t="s">
         <v>130</v>
       </c>
       <c r="C43" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D43" s="5">
+        <v>480</v>
+      </c>
+      <c r="D43" s="4">
         <v>45972</v>
       </c>
       <c r="E43" t="s">
         <v>3</v>
       </c>
       <c r="F43" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>131</v>
       </c>
       <c r="B44" t="s">
         <v>132</v>
       </c>
       <c r="C44" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D44" s="5">
+        <v>480</v>
+      </c>
+      <c r="D44" s="4">
         <v>45972</v>
       </c>
       <c r="E44" t="s">
         <v>3</v>
       </c>
       <c r="F44" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
         <v>133</v>
       </c>
       <c r="B45" t="s">
         <v>134</v>
       </c>
       <c r="C45" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D45" s="5">
+        <v>478</v>
+      </c>
+      <c r="D45" s="4">
         <v>45972</v>
       </c>
       <c r="E45" t="s">
         <v>3</v>
       </c>
       <c r="F45" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
         <v>135</v>
       </c>
       <c r="B46" t="s">
         <v>136</v>
       </c>
       <c r="C46" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D46" s="5">
+        <v>478</v>
+      </c>
+      <c r="D46" s="4">
         <v>45972</v>
       </c>
       <c r="E46" t="s">
         <v>3</v>
       </c>
       <c r="F46" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
         <v>137</v>
       </c>
       <c r="B47" t="s">
         <v>136</v>
       </c>
       <c r="C47" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D47" s="5">
+        <v>480</v>
+      </c>
+      <c r="D47" s="4">
         <v>45972</v>
       </c>
       <c r="E47" t="s">
         <v>3</v>
       </c>
       <c r="F47" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
         <v>138</v>
       </c>
       <c r="B48" t="s">
         <v>139</v>
       </c>
       <c r="C48" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D48" s="5">
+        <v>478</v>
+      </c>
+      <c r="D48" s="4">
         <v>45972</v>
       </c>
       <c r="E48" t="s">
         <v>3</v>
       </c>
       <c r="F48" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="49" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
         <v>140</v>
       </c>
       <c r="B49" t="s">
         <v>141</v>
       </c>
       <c r="C49" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D49" s="5">
+        <v>478</v>
+      </c>
+      <c r="D49" s="4">
         <v>45972</v>
       </c>
       <c r="E49" t="s">
         <v>3</v>
       </c>
       <c r="F49" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
         <v>142</v>
       </c>
       <c r="B50" t="s">
         <v>143</v>
       </c>
       <c r="C50" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D50" s="5">
+        <v>478</v>
+      </c>
+      <c r="D50" s="4">
         <v>45972</v>
       </c>
       <c r="E50" t="s">
         <v>3</v>
       </c>
       <c r="F50" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
         <v>144</v>
       </c>
       <c r="B51" t="s">
         <v>143</v>
       </c>
       <c r="C51" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D51" s="5">
+        <v>480</v>
+      </c>
+      <c r="D51" s="4">
         <v>45972</v>
       </c>
       <c r="E51" t="s">
         <v>3</v>
       </c>
       <c r="F51" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
         <v>145</v>
       </c>
       <c r="B52" t="s">
         <v>146</v>
       </c>
       <c r="C52" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D52" s="5">
+        <v>478</v>
+      </c>
+      <c r="D52" s="4">
         <v>45972</v>
       </c>
       <c r="E52" t="s">
         <v>3</v>
       </c>
       <c r="F52" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="53" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
         <v>147</v>
       </c>
       <c r="B53" t="s">
         <v>146</v>
       </c>
       <c r="C53" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D53" s="5">
+        <v>480</v>
+      </c>
+      <c r="D53" s="4">
         <v>45972</v>
       </c>
       <c r="E53" t="s">
         <v>3</v>
       </c>
       <c r="F53" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A54" t="s">
         <v>148</v>
       </c>
       <c r="B54" t="s">
         <v>149</v>
       </c>
       <c r="C54" t="s">
-        <v>481</v>
-[...1 lines deleted...]
-      <c r="D54" s="5">
+        <v>479</v>
+      </c>
+      <c r="D54" s="4">
         <v>45972</v>
       </c>
       <c r="E54" t="s">
         <v>3</v>
       </c>
       <c r="F54" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="55" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A55" t="s">
         <v>150</v>
       </c>
       <c r="B55" t="s">
         <v>151</v>
       </c>
       <c r="C55" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="D55" s="5">
+        <v>481</v>
+      </c>
+      <c r="D55" s="4">
         <v>45972</v>
       </c>
       <c r="E55" t="s">
         <v>3</v>
       </c>
       <c r="F55" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="56" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A56" t="s">
         <v>152</v>
       </c>
       <c r="B56" t="s">
         <v>153</v>
       </c>
       <c r="C56" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="D56" s="5">
+        <v>481</v>
+      </c>
+      <c r="D56" s="4">
         <v>45972</v>
       </c>
       <c r="E56" t="s">
         <v>3</v>
       </c>
       <c r="F56" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="57" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A57" t="s">
         <v>154</v>
       </c>
       <c r="B57" t="s">
         <v>155</v>
       </c>
       <c r="C57" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D57" s="5">
+        <v>478</v>
+      </c>
+      <c r="D57" s="4">
         <v>45972</v>
       </c>
       <c r="E57" t="s">
         <v>3</v>
       </c>
       <c r="F57" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A58" t="s">
         <v>156</v>
       </c>
       <c r="B58" t="s">
         <v>157</v>
       </c>
       <c r="C58" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D58" s="5">
+        <v>480</v>
+      </c>
+      <c r="D58" s="4">
         <v>45972</v>
       </c>
       <c r="E58" t="s">
         <v>3</v>
       </c>
       <c r="F58" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="59" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A59" t="s">
         <v>158</v>
       </c>
       <c r="B59" t="s">
         <v>157</v>
       </c>
       <c r="C59" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D59" s="5">
+        <v>478</v>
+      </c>
+      <c r="D59" s="4">
         <v>45972</v>
       </c>
       <c r="E59" t="s">
         <v>3</v>
       </c>
       <c r="F59" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="60" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A60" t="s">
         <v>159</v>
       </c>
       <c r="B60" t="s">
         <v>160</v>
       </c>
       <c r="C60" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D60" s="5">
+        <v>478</v>
+      </c>
+      <c r="D60" s="4">
         <v>45972</v>
       </c>
       <c r="E60" t="s">
         <v>3</v>
       </c>
       <c r="F60" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="61" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A61" t="s">
         <v>161</v>
       </c>
       <c r="B61" t="s">
         <v>160</v>
       </c>
       <c r="C61" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D61" s="5">
+        <v>480</v>
+      </c>
+      <c r="D61" s="4">
         <v>45972</v>
       </c>
       <c r="E61" t="s">
         <v>3</v>
       </c>
       <c r="F61" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="62" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A62" t="s">
         <v>162</v>
       </c>
       <c r="B62" t="s">
         <v>163</v>
       </c>
       <c r="C62" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D62" s="5">
+        <v>478</v>
+      </c>
+      <c r="D62" s="4">
         <v>45972</v>
       </c>
       <c r="E62" t="s">
         <v>3</v>
       </c>
       <c r="F62" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="63" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A63" t="s">
         <v>164</v>
       </c>
       <c r="B63" t="s">
         <v>165</v>
       </c>
       <c r="C63" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D63" s="5">
+        <v>480</v>
+      </c>
+      <c r="D63" s="4">
         <v>45972</v>
       </c>
       <c r="E63" t="s">
         <v>3</v>
       </c>
       <c r="F63" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="64" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A64" t="s">
         <v>166</v>
       </c>
       <c r="B64" t="s">
         <v>165</v>
       </c>
       <c r="C64" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D64" s="5">
+        <v>478</v>
+      </c>
+      <c r="D64" s="4">
         <v>45972</v>
       </c>
       <c r="E64" t="s">
         <v>3</v>
       </c>
       <c r="F64" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="65" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A65" t="s">
         <v>167</v>
       </c>
       <c r="B65" t="s">
         <v>168</v>
       </c>
       <c r="C65" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D65" s="5">
+        <v>480</v>
+      </c>
+      <c r="D65" s="4">
         <v>45972</v>
       </c>
       <c r="E65" t="s">
         <v>3</v>
       </c>
       <c r="F65" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="66" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A66" t="s">
         <v>169</v>
       </c>
       <c r="B66" t="s">
         <v>168</v>
       </c>
       <c r="C66" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D66" s="5">
+        <v>478</v>
+      </c>
+      <c r="D66" s="4">
         <v>45972</v>
       </c>
       <c r="E66" t="s">
         <v>3</v>
       </c>
       <c r="F66" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="67" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A67" t="s">
         <v>170</v>
       </c>
       <c r="B67" t="s">
         <v>171</v>
       </c>
       <c r="C67" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D67" s="5">
+        <v>480</v>
+      </c>
+      <c r="D67" s="4">
         <v>45972</v>
       </c>
       <c r="E67" t="s">
         <v>3</v>
       </c>
       <c r="F67" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="68" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A68" t="s">
         <v>172</v>
       </c>
       <c r="B68" t="s">
         <v>171</v>
       </c>
       <c r="C68" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D68" s="5">
+        <v>478</v>
+      </c>
+      <c r="D68" s="4">
         <v>45972</v>
       </c>
       <c r="E68" t="s">
         <v>3</v>
       </c>
       <c r="F68" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="69" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A69" t="s">
         <v>173</v>
       </c>
       <c r="B69" t="s">
         <v>174</v>
       </c>
       <c r="C69" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D69" s="5">
+        <v>478</v>
+      </c>
+      <c r="D69" s="4">
         <v>45972</v>
       </c>
       <c r="E69" t="s">
         <v>3</v>
       </c>
       <c r="F69" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="70" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A70" t="s">
         <v>175</v>
       </c>
       <c r="B70" t="s">
         <v>174</v>
       </c>
       <c r="C70" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D70" s="5">
+        <v>480</v>
+      </c>
+      <c r="D70" s="4">
         <v>45972</v>
       </c>
       <c r="E70" t="s">
         <v>3</v>
       </c>
       <c r="F70" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="71" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A71" t="s">
         <v>176</v>
       </c>
       <c r="B71" t="s">
         <v>177</v>
       </c>
       <c r="C71" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D71" s="5">
+        <v>480</v>
+      </c>
+      <c r="D71" s="4">
         <v>45972</v>
       </c>
       <c r="E71" t="s">
         <v>3</v>
       </c>
       <c r="F71" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="72" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A72" t="s">
         <v>178</v>
       </c>
       <c r="B72" t="s">
         <v>177</v>
       </c>
       <c r="C72" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D72" s="5">
+        <v>478</v>
+      </c>
+      <c r="D72" s="4">
         <v>45972</v>
       </c>
       <c r="E72" t="s">
         <v>3</v>
       </c>
       <c r="F72" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="73" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A73" t="s">
         <v>179</v>
       </c>
       <c r="B73" t="s">
         <v>180</v>
       </c>
       <c r="C73" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D73" s="5">
+        <v>480</v>
+      </c>
+      <c r="D73" s="4">
         <v>45972</v>
       </c>
       <c r="E73" t="s">
         <v>3</v>
       </c>
       <c r="F73" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="74" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A74" t="s">
         <v>181</v>
       </c>
       <c r="B74" t="s">
         <v>180</v>
       </c>
       <c r="C74" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D74" s="5">
+        <v>478</v>
+      </c>
+      <c r="D74" s="4">
         <v>45972</v>
       </c>
       <c r="E74" t="s">
         <v>3</v>
       </c>
       <c r="F74" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="75" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A75" t="s">
         <v>182</v>
       </c>
       <c r="B75" t="s">
         <v>183</v>
       </c>
       <c r="C75" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D75" s="5">
+        <v>480</v>
+      </c>
+      <c r="D75" s="4">
         <v>45972</v>
       </c>
       <c r="E75" t="s">
         <v>3</v>
       </c>
       <c r="F75" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="76" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A76" t="s">
         <v>184</v>
       </c>
       <c r="B76" t="s">
         <v>183</v>
       </c>
       <c r="C76" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D76" s="5">
+        <v>478</v>
+      </c>
+      <c r="D76" s="4">
         <v>45972</v>
       </c>
       <c r="E76" t="s">
         <v>3</v>
       </c>
       <c r="F76" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="77" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A77" t="s">
         <v>185</v>
       </c>
       <c r="B77" t="s">
         <v>186</v>
       </c>
       <c r="C77" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D77" s="5">
+        <v>478</v>
+      </c>
+      <c r="D77" s="4">
         <v>45972</v>
       </c>
       <c r="E77" t="s">
         <v>3</v>
       </c>
       <c r="F77" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="78" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A78" t="s">
         <v>187</v>
       </c>
       <c r="B78" t="s">
         <v>186</v>
       </c>
       <c r="C78" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D78" s="5">
+        <v>480</v>
+      </c>
+      <c r="D78" s="4">
         <v>45972</v>
       </c>
       <c r="E78" t="s">
         <v>3</v>
       </c>
       <c r="F78" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="79" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A79" t="s">
         <v>188</v>
       </c>
       <c r="B79" t="s">
         <v>189</v>
       </c>
       <c r="C79" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D79" s="5">
+        <v>480</v>
+      </c>
+      <c r="D79" s="4">
         <v>45972</v>
       </c>
       <c r="E79" t="s">
         <v>3</v>
       </c>
       <c r="F79" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="80" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A80" t="s">
         <v>190</v>
       </c>
       <c r="B80" t="s">
         <v>189</v>
       </c>
       <c r="C80" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D80" s="5">
+        <v>478</v>
+      </c>
+      <c r="D80" s="4">
         <v>45972</v>
       </c>
       <c r="E80" t="s">
         <v>3</v>
       </c>
       <c r="F80" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="81" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A81" t="s">
         <v>191</v>
       </c>
       <c r="B81" t="s">
         <v>192</v>
       </c>
       <c r="C81" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D81" s="5">
+        <v>478</v>
+      </c>
+      <c r="D81" s="4">
         <v>45972</v>
       </c>
       <c r="E81" t="s">
         <v>3</v>
       </c>
       <c r="F81" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="82" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A82" t="s">
         <v>193</v>
       </c>
       <c r="B82" t="s">
         <v>192</v>
       </c>
       <c r="C82" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D82" s="5">
+        <v>480</v>
+      </c>
+      <c r="D82" s="4">
         <v>45972</v>
       </c>
       <c r="E82" t="s">
         <v>3</v>
       </c>
       <c r="F82" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="83" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A83" t="s">
         <v>194</v>
       </c>
       <c r="B83" t="s">
         <v>195</v>
       </c>
       <c r="C83" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D83" s="5">
+        <v>478</v>
+      </c>
+      <c r="D83" s="4">
         <v>45972</v>
       </c>
       <c r="E83" t="s">
         <v>3</v>
       </c>
       <c r="F83" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="84" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A84" t="s">
         <v>196</v>
       </c>
       <c r="B84" t="s">
         <v>195</v>
       </c>
       <c r="C84" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D84" s="5">
+        <v>480</v>
+      </c>
+      <c r="D84" s="4">
         <v>45972</v>
       </c>
       <c r="E84" t="s">
         <v>3</v>
       </c>
       <c r="F84" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="85" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A85" t="s">
         <v>197</v>
       </c>
       <c r="B85" t="s">
         <v>198</v>
       </c>
       <c r="C85" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D85" s="5">
+        <v>480</v>
+      </c>
+      <c r="D85" s="4">
         <v>45972</v>
       </c>
       <c r="E85" t="s">
         <v>3</v>
       </c>
       <c r="F85" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="86" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A86" t="s">
         <v>199</v>
       </c>
       <c r="B86" t="s">
         <v>198</v>
       </c>
       <c r="C86" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D86" s="5">
+        <v>478</v>
+      </c>
+      <c r="D86" s="4">
         <v>45972</v>
       </c>
       <c r="E86" t="s">
         <v>3</v>
       </c>
       <c r="F86" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="87" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A87" t="s">
         <v>200</v>
       </c>
       <c r="B87" t="s">
         <v>201</v>
       </c>
       <c r="C87" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D87" s="5">
+        <v>478</v>
+      </c>
+      <c r="D87" s="4">
         <v>45972</v>
       </c>
       <c r="E87" t="s">
         <v>3</v>
       </c>
       <c r="F87" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="88" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A88" t="s">
         <v>202</v>
       </c>
       <c r="B88" t="s">
         <v>201</v>
       </c>
       <c r="C88" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D88" s="5">
+        <v>480</v>
+      </c>
+      <c r="D88" s="4">
         <v>45972</v>
       </c>
       <c r="E88" t="s">
         <v>3</v>
       </c>
       <c r="F88" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="89" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A89" t="s">
         <v>203</v>
       </c>
       <c r="B89" t="s">
         <v>204</v>
       </c>
       <c r="C89" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D89" s="5">
+        <v>480</v>
+      </c>
+      <c r="D89" s="4">
         <v>45972</v>
       </c>
       <c r="E89" t="s">
         <v>3</v>
       </c>
       <c r="F89" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="90" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A90" t="s">
         <v>205</v>
       </c>
       <c r="B90" t="s">
         <v>204</v>
       </c>
       <c r="C90" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D90" s="5">
+        <v>478</v>
+      </c>
+      <c r="D90" s="4">
         <v>45972</v>
       </c>
       <c r="E90" t="s">
         <v>3</v>
       </c>
       <c r="F90" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="91" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A91" t="s">
         <v>206</v>
       </c>
       <c r="B91" t="s">
         <v>207</v>
       </c>
       <c r="C91" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D91" s="5">
+        <v>480</v>
+      </c>
+      <c r="D91" s="4">
         <v>45972</v>
       </c>
       <c r="E91" t="s">
         <v>3</v>
       </c>
       <c r="F91" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="92" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A92" t="s">
         <v>208</v>
       </c>
       <c r="B92" t="s">
         <v>207</v>
       </c>
       <c r="C92" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D92" s="5">
+        <v>478</v>
+      </c>
+      <c r="D92" s="4">
         <v>45972</v>
       </c>
       <c r="E92" t="s">
         <v>3</v>
       </c>
       <c r="F92" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="93" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A93" t="s">
         <v>209</v>
       </c>
       <c r="B93" t="s">
         <v>210</v>
       </c>
       <c r="C93" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D93" s="5">
+        <v>478</v>
+      </c>
+      <c r="D93" s="4">
         <v>45972</v>
       </c>
       <c r="E93" t="s">
         <v>3</v>
       </c>
       <c r="F93" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="94" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A94" t="s">
         <v>211</v>
       </c>
       <c r="B94" t="s">
         <v>212</v>
       </c>
       <c r="C94" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D94" s="5">
+        <v>480</v>
+      </c>
+      <c r="D94" s="4">
         <v>45972</v>
       </c>
       <c r="E94" t="s">
         <v>3</v>
       </c>
       <c r="F94" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="95" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A95" t="s">
         <v>213</v>
       </c>
       <c r="B95" t="s">
         <v>214</v>
       </c>
       <c r="C95" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D95" s="5">
+        <v>480</v>
+      </c>
+      <c r="D95" s="4">
         <v>45972</v>
       </c>
       <c r="E95" t="s">
         <v>3</v>
       </c>
       <c r="F95" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="96" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A96" t="s">
         <v>215</v>
       </c>
       <c r="B96" t="s">
         <v>214</v>
       </c>
       <c r="C96" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D96" s="5">
+        <v>478</v>
+      </c>
+      <c r="D96" s="4">
         <v>45972</v>
       </c>
       <c r="E96" t="s">
         <v>3</v>
       </c>
       <c r="F96" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="97" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A97" t="s">
         <v>216</v>
       </c>
       <c r="B97" t="s">
         <v>217</v>
       </c>
       <c r="C97" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D97" s="5">
+        <v>478</v>
+      </c>
+      <c r="D97" s="4">
         <v>45972</v>
       </c>
       <c r="E97" t="s">
         <v>3</v>
       </c>
       <c r="F97" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="98" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A98" t="s">
         <v>218</v>
       </c>
       <c r="B98" t="s">
         <v>219</v>
       </c>
       <c r="C98" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D98" s="5">
+        <v>480</v>
+      </c>
+      <c r="D98" s="4">
         <v>45972</v>
       </c>
       <c r="E98" t="s">
         <v>3</v>
       </c>
       <c r="F98" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="99" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A99" t="s">
         <v>220</v>
       </c>
       <c r="B99" t="s">
         <v>221</v>
       </c>
       <c r="C99" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D99" s="5">
+        <v>478</v>
+      </c>
+      <c r="D99" s="4">
         <v>45972</v>
       </c>
       <c r="E99" t="s">
         <v>3</v>
       </c>
       <c r="F99" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="100" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A100" t="s">
         <v>222</v>
       </c>
       <c r="B100" t="s">
         <v>221</v>
       </c>
       <c r="C100" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D100" s="5">
+        <v>480</v>
+      </c>
+      <c r="D100" s="4">
         <v>45972</v>
       </c>
       <c r="E100" t="s">
         <v>3</v>
       </c>
       <c r="F100" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="101" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A101" t="s">
         <v>223</v>
       </c>
       <c r="B101" t="s">
         <v>224</v>
       </c>
       <c r="C101" t="s">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="D101" s="5">
+        <v>480</v>
+      </c>
+      <c r="D101" s="4">
         <v>45972</v>
       </c>
       <c r="E101" t="s">
         <v>3</v>
       </c>
       <c r="F101" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="102" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A102" t="s">
         <v>225</v>
       </c>
       <c r="B102" t="s">
         <v>224</v>
       </c>
       <c r="C102" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D102" s="5">
+        <v>478</v>
+      </c>
+      <c r="D102" s="4">
         <v>45972</v>
       </c>
       <c r="E102" t="s">
         <v>3</v>
       </c>
       <c r="F102" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="103" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A103" t="s">
         <v>226</v>
       </c>
       <c r="B103" t="s">
         <v>227</v>
       </c>
       <c r="C103" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D103" s="5">
+        <v>478</v>
+      </c>
+      <c r="D103" s="4">
         <v>45972</v>
       </c>
       <c r="E103" t="s">
         <v>3</v>
       </c>
       <c r="F103" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="104" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A104" t="s">
         <v>228</v>
       </c>
       <c r="B104" t="s">
         <v>229</v>
       </c>
       <c r="C104" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="D104" s="5">
+        <v>478</v>
+      </c>
+      <c r="D104" s="4">
         <v>45972</v>
       </c>
       <c r="E104" t="s">
         <v>3</v>
       </c>
       <c r="F104" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="105" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A105" t="s">
         <v>230</v>
       </c>
       <c r="B105" t="s">
         <v>231</v>
       </c>
       <c r="C105" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D105" s="5">
+        <v>483</v>
+      </c>
+      <c r="D105" s="4">
         <v>45972</v>
       </c>
       <c r="E105" t="s">
         <v>3</v>
       </c>
       <c r="F105" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="106" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A106" t="s">
         <v>232</v>
       </c>
       <c r="B106" t="s">
         <v>233</v>
       </c>
       <c r="C106" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D106" s="5">
+        <v>483</v>
+      </c>
+      <c r="D106" s="4">
         <v>45972</v>
       </c>
       <c r="E106" t="s">
         <v>3</v>
       </c>
       <c r="F106" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="107" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A107" t="s">
         <v>234</v>
       </c>
       <c r="B107" t="s">
         <v>235</v>
       </c>
       <c r="C107" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D107" s="5">
+        <v>484</v>
+      </c>
+      <c r="D107" s="4">
         <v>45972</v>
       </c>
       <c r="E107" t="s">
         <v>3</v>
       </c>
       <c r="F107" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="108" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A108" t="s">
         <v>236</v>
       </c>
       <c r="B108" t="s">
         <v>237</v>
       </c>
       <c r="C108" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D108" s="5">
+        <v>484</v>
+      </c>
+      <c r="D108" s="4">
         <v>45972</v>
       </c>
       <c r="E108" t="s">
         <v>3</v>
       </c>
       <c r="F108" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="109" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A109" t="s">
         <v>238</v>
       </c>
       <c r="B109" t="s">
         <v>239</v>
       </c>
       <c r="C109" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D109" s="5">
+        <v>483</v>
+      </c>
+      <c r="D109" s="4">
         <v>45972</v>
       </c>
       <c r="E109" t="s">
         <v>3</v>
       </c>
       <c r="F109" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="110" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A110" t="s">
         <v>240</v>
       </c>
       <c r="B110" t="s">
         <v>241</v>
       </c>
       <c r="C110" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D110" s="5">
+        <v>483</v>
+      </c>
+      <c r="D110" s="4">
         <v>45972</v>
       </c>
       <c r="E110" t="s">
         <v>3</v>
       </c>
       <c r="F110" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="111" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A111" t="s">
         <v>242</v>
       </c>
       <c r="B111" t="s">
         <v>243</v>
       </c>
       <c r="C111" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D111" s="5">
+        <v>484</v>
+      </c>
+      <c r="D111" s="4">
         <v>45972</v>
       </c>
       <c r="E111" t="s">
         <v>3</v>
       </c>
       <c r="F111" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="112" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A112" t="s">
         <v>244</v>
       </c>
       <c r="B112" t="s">
         <v>233</v>
       </c>
       <c r="C112" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D112" s="5">
+        <v>484</v>
+      </c>
+      <c r="D112" s="4">
         <v>45972</v>
       </c>
       <c r="E112" t="s">
         <v>3</v>
       </c>
       <c r="F112" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="113" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A113" t="s">
         <v>245</v>
       </c>
       <c r="B113" t="s">
         <v>246</v>
       </c>
       <c r="C113" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D113" s="5">
+        <v>484</v>
+      </c>
+      <c r="D113" s="4">
         <v>45972</v>
       </c>
       <c r="E113" t="s">
         <v>3</v>
       </c>
       <c r="F113" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="114" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A114" t="s">
         <v>247</v>
       </c>
       <c r="B114" t="s">
         <v>248</v>
       </c>
       <c r="C114" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D114" s="5">
+        <v>484</v>
+      </c>
+      <c r="D114" s="4">
         <v>45972</v>
       </c>
       <c r="E114" t="s">
         <v>3</v>
       </c>
       <c r="F114" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="115" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A115" t="s">
         <v>249</v>
       </c>
       <c r="B115" t="s">
         <v>250</v>
       </c>
       <c r="C115" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D115" s="5">
+        <v>483</v>
+      </c>
+      <c r="D115" s="4">
         <v>45972</v>
       </c>
       <c r="E115" t="s">
         <v>3</v>
       </c>
       <c r="F115" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="116" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A116" t="s">
         <v>251</v>
       </c>
       <c r="B116" t="s">
         <v>248</v>
       </c>
       <c r="C116" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D116" s="5">
+        <v>483</v>
+      </c>
+      <c r="D116" s="4">
         <v>45972</v>
       </c>
       <c r="E116" t="s">
         <v>3</v>
       </c>
       <c r="F116" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="117" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A117" t="s">
         <v>252</v>
       </c>
       <c r="B117" t="s">
         <v>253</v>
       </c>
       <c r="C117" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D117" s="5">
+        <v>483</v>
+      </c>
+      <c r="D117" s="4">
         <v>45972</v>
       </c>
       <c r="E117" t="s">
         <v>3</v>
       </c>
       <c r="F117" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="118" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A118" t="s">
         <v>254</v>
       </c>
       <c r="B118" t="s">
         <v>255</v>
       </c>
       <c r="C118" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D118" s="5">
+        <v>484</v>
+      </c>
+      <c r="D118" s="4">
         <v>45972</v>
       </c>
       <c r="E118" t="s">
         <v>3</v>
       </c>
       <c r="F118" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="119" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A119" t="s">
         <v>256</v>
       </c>
       <c r="B119" t="s">
         <v>241</v>
       </c>
       <c r="C119" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D119" s="5">
+        <v>484</v>
+      </c>
+      <c r="D119" s="4">
         <v>45972</v>
       </c>
       <c r="E119" t="s">
         <v>3</v>
       </c>
       <c r="F119" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="120" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A120" t="s">
         <v>257</v>
       </c>
       <c r="B120" t="s">
         <v>258</v>
       </c>
       <c r="C120" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D120" s="5">
+        <v>484</v>
+      </c>
+      <c r="D120" s="4">
         <v>45972</v>
       </c>
       <c r="E120" t="s">
         <v>3</v>
       </c>
       <c r="F120" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="121" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A121" t="s">
         <v>259</v>
       </c>
       <c r="B121" t="s">
         <v>260</v>
       </c>
       <c r="C121" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D121" s="5">
+        <v>484</v>
+      </c>
+      <c r="D121" s="4">
         <v>45972</v>
       </c>
       <c r="E121" t="s">
         <v>3</v>
       </c>
       <c r="F121" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="122" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A122" t="s">
         <v>261</v>
       </c>
       <c r="B122" t="s">
         <v>243</v>
       </c>
       <c r="C122" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D122" s="5">
+        <v>483</v>
+      </c>
+      <c r="D122" s="4">
         <v>45972</v>
       </c>
       <c r="E122" t="s">
         <v>3</v>
       </c>
       <c r="F122" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="123" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A123" t="s">
         <v>262</v>
       </c>
       <c r="B123" t="s">
         <v>263</v>
       </c>
       <c r="C123" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D123" s="5">
+        <v>483</v>
+      </c>
+      <c r="D123" s="4">
         <v>45972</v>
       </c>
       <c r="E123" t="s">
         <v>3</v>
       </c>
       <c r="F123" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="124" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A124" t="s">
         <v>264</v>
       </c>
       <c r="B124" t="s">
         <v>250</v>
       </c>
       <c r="C124" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D124" s="5">
+        <v>484</v>
+      </c>
+      <c r="D124" s="4">
         <v>45972</v>
       </c>
       <c r="E124" t="s">
         <v>3</v>
       </c>
       <c r="F124" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="125" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A125" t="s">
         <v>265</v>
       </c>
       <c r="B125" t="s">
         <v>260</v>
       </c>
       <c r="C125" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D125" s="5">
+        <v>483</v>
+      </c>
+      <c r="D125" s="4">
         <v>45972</v>
       </c>
       <c r="E125" t="s">
         <v>3</v>
       </c>
       <c r="F125" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="126" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A126" t="s">
         <v>266</v>
       </c>
       <c r="B126" t="s">
         <v>258</v>
       </c>
       <c r="C126" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D126" s="5">
+        <v>483</v>
+      </c>
+      <c r="D126" s="4">
         <v>45972</v>
       </c>
       <c r="E126" t="s">
         <v>3</v>
       </c>
       <c r="F126" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="127" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A127" t="s">
         <v>267</v>
       </c>
       <c r="B127" t="s">
         <v>268</v>
       </c>
       <c r="C127" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D127" s="5">
+        <v>483</v>
+      </c>
+      <c r="D127" s="4">
         <v>45972</v>
       </c>
       <c r="E127" t="s">
         <v>3</v>
       </c>
       <c r="F127" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="128" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A128" t="s">
         <v>269</v>
       </c>
       <c r="B128" t="s">
         <v>237</v>
       </c>
       <c r="C128" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D128" s="5">
+        <v>483</v>
+      </c>
+      <c r="D128" s="4">
         <v>45972</v>
       </c>
       <c r="E128" t="s">
         <v>3</v>
       </c>
       <c r="F128" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="129" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A129" t="s">
         <v>270</v>
       </c>
       <c r="B129" t="s">
         <v>268</v>
       </c>
       <c r="C129" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D129" s="5">
+        <v>484</v>
+      </c>
+      <c r="D129" s="4">
         <v>45972</v>
       </c>
       <c r="E129" t="s">
         <v>3</v>
       </c>
       <c r="F129" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="130" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A130" t="s">
         <v>271</v>
       </c>
       <c r="B130" t="s">
         <v>246</v>
       </c>
       <c r="C130" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D130" s="5">
+        <v>483</v>
+      </c>
+      <c r="D130" s="4">
         <v>45972</v>
       </c>
       <c r="E130" t="s">
         <v>3</v>
       </c>
       <c r="F130" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="131" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A131" t="s">
         <v>272</v>
       </c>
       <c r="B131" t="s">
         <v>235</v>
       </c>
       <c r="C131" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D131" s="5">
+        <v>483</v>
+      </c>
+      <c r="D131" s="4">
         <v>45972</v>
       </c>
       <c r="E131" t="s">
         <v>3</v>
       </c>
       <c r="F131" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="132" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A132" t="s">
         <v>273</v>
       </c>
       <c r="B132" t="s">
         <v>255</v>
       </c>
       <c r="C132" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D132" s="5">
+        <v>483</v>
+      </c>
+      <c r="D132" s="4">
         <v>45972</v>
       </c>
       <c r="E132" t="s">
         <v>3</v>
       </c>
       <c r="F132" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="133" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A133" t="s">
         <v>274</v>
       </c>
       <c r="B133" t="s">
         <v>275</v>
       </c>
       <c r="C133" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D133" s="5">
+        <v>484</v>
+      </c>
+      <c r="D133" s="4">
         <v>45972</v>
       </c>
       <c r="E133" t="s">
         <v>3</v>
       </c>
       <c r="F133" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="134" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A134" t="s">
         <v>276</v>
       </c>
       <c r="B134" t="s">
         <v>277</v>
       </c>
       <c r="C134" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D134" s="5">
+        <v>484</v>
+      </c>
+      <c r="D134" s="4">
         <v>45972</v>
       </c>
       <c r="E134" t="s">
         <v>3</v>
       </c>
       <c r="F134" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="135" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A135" t="s">
         <v>278</v>
       </c>
       <c r="B135" t="s">
         <v>279</v>
       </c>
       <c r="C135" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D135" s="5">
+        <v>483</v>
+      </c>
+      <c r="D135" s="4">
         <v>45972</v>
       </c>
       <c r="E135" t="s">
         <v>3</v>
       </c>
       <c r="F135" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="136" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A136" t="s">
         <v>280</v>
       </c>
       <c r="B136" t="s">
         <v>281</v>
       </c>
       <c r="C136" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D136" s="5">
+        <v>484</v>
+      </c>
+      <c r="D136" s="4">
         <v>45972</v>
       </c>
       <c r="E136" t="s">
         <v>3</v>
       </c>
       <c r="F136" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="137" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A137" t="s">
         <v>282</v>
       </c>
       <c r="B137" t="s">
         <v>283</v>
       </c>
       <c r="C137" t="s">
-        <v>487</v>
-[...1 lines deleted...]
-      <c r="D137" s="5">
+        <v>485</v>
+      </c>
+      <c r="D137" s="4">
         <v>45972</v>
       </c>
       <c r="E137" t="s">
         <v>3</v>
       </c>
       <c r="F137" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="138" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A138" t="s">
         <v>284</v>
       </c>
       <c r="B138" t="s">
         <v>285</v>
       </c>
       <c r="C138" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D138" s="5">
+        <v>484</v>
+      </c>
+      <c r="D138" s="4">
         <v>45972</v>
       </c>
       <c r="E138" t="s">
         <v>3</v>
       </c>
       <c r="F138" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="139" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A139" t="s">
         <v>286</v>
       </c>
       <c r="B139" t="s">
         <v>287</v>
       </c>
       <c r="C139" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D139" s="5">
+        <v>484</v>
+      </c>
+      <c r="D139" s="4">
         <v>45972</v>
       </c>
       <c r="E139" t="s">
         <v>3</v>
       </c>
       <c r="F139" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="140" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A140" t="s">
         <v>288</v>
       </c>
       <c r="B140" t="s">
         <v>289</v>
       </c>
       <c r="C140" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D140" s="5">
+        <v>484</v>
+      </c>
+      <c r="D140" s="4">
         <v>45972</v>
       </c>
       <c r="E140" t="s">
         <v>3</v>
       </c>
       <c r="F140" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="141" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A141" t="s">
         <v>290</v>
       </c>
       <c r="B141" t="s">
         <v>291</v>
       </c>
       <c r="C141" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D141" s="5">
+        <v>483</v>
+      </c>
+      <c r="D141" s="4">
         <v>45972</v>
       </c>
       <c r="E141" t="s">
         <v>3</v>
       </c>
       <c r="F141" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="142" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A142" t="s">
         <v>292</v>
       </c>
       <c r="B142" t="s">
         <v>293</v>
       </c>
       <c r="C142" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D142" s="5">
+        <v>483</v>
+      </c>
+      <c r="D142" s="4">
         <v>45972</v>
       </c>
       <c r="E142" t="s">
         <v>3</v>
       </c>
       <c r="F142" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="143" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A143" t="s">
         <v>294</v>
       </c>
       <c r="B143" t="s">
         <v>295</v>
       </c>
       <c r="C143" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D143" s="5">
+        <v>483</v>
+      </c>
+      <c r="D143" s="4">
         <v>45972</v>
       </c>
       <c r="E143" t="s">
         <v>3</v>
       </c>
       <c r="F143" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="144" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A144" t="s">
         <v>296</v>
       </c>
       <c r="B144" t="s">
         <v>297</v>
       </c>
       <c r="C144" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D144" s="5">
+        <v>484</v>
+      </c>
+      <c r="D144" s="4">
         <v>45972</v>
       </c>
       <c r="E144" t="s">
         <v>3</v>
       </c>
       <c r="F144" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="145" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A145" t="s">
         <v>298</v>
       </c>
       <c r="B145" t="s">
         <v>299</v>
       </c>
       <c r="C145" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D145" s="5">
+        <v>484</v>
+      </c>
+      <c r="D145" s="4">
         <v>45972</v>
       </c>
       <c r="E145" t="s">
         <v>3</v>
       </c>
       <c r="F145" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="146" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A146" t="s">
         <v>300</v>
       </c>
       <c r="B146" t="s">
         <v>301</v>
       </c>
       <c r="C146" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D146" s="5">
+        <v>484</v>
+      </c>
+      <c r="D146" s="4">
         <v>45972</v>
       </c>
       <c r="E146" t="s">
         <v>3</v>
       </c>
       <c r="F146" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="147" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A147" t="s">
         <v>302</v>
       </c>
       <c r="B147" t="s">
         <v>303</v>
       </c>
       <c r="C147" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D147" s="5">
+        <v>483</v>
+      </c>
+      <c r="D147" s="4">
         <v>45972</v>
       </c>
       <c r="E147" t="s">
         <v>3</v>
       </c>
       <c r="F147" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="148" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A148" t="s">
         <v>304</v>
       </c>
       <c r="B148" t="s">
         <v>303</v>
       </c>
       <c r="C148" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D148" s="5">
+        <v>484</v>
+      </c>
+      <c r="D148" s="4">
         <v>45972</v>
       </c>
       <c r="E148" t="s">
         <v>3</v>
       </c>
       <c r="F148" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="149" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A149" t="s">
         <v>305</v>
       </c>
       <c r="B149" t="s">
         <v>306</v>
       </c>
       <c r="C149" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D149" s="5">
+        <v>484</v>
+      </c>
+      <c r="D149" s="4">
         <v>45972</v>
       </c>
       <c r="E149" t="s">
         <v>3</v>
       </c>
       <c r="F149" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="150" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A150" t="s">
         <v>307</v>
       </c>
       <c r="B150" t="s">
         <v>308</v>
       </c>
       <c r="C150" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D150" s="5">
+        <v>483</v>
+      </c>
+      <c r="D150" s="4">
         <v>45972</v>
       </c>
       <c r="E150" t="s">
         <v>3</v>
       </c>
       <c r="F150" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="151" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A151" t="s">
         <v>309</v>
       </c>
       <c r="B151" t="s">
         <v>310</v>
       </c>
       <c r="C151" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D151" s="5">
+        <v>483</v>
+      </c>
+      <c r="D151" s="4">
         <v>45972</v>
       </c>
       <c r="E151" t="s">
         <v>3</v>
       </c>
       <c r="F151" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="152" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A152" t="s">
         <v>311</v>
       </c>
       <c r="B152" t="s">
         <v>312</v>
       </c>
       <c r="C152" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D152" s="5">
+        <v>483</v>
+      </c>
+      <c r="D152" s="4">
         <v>45972</v>
       </c>
       <c r="E152" t="s">
         <v>3</v>
       </c>
       <c r="F152" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="153" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A153" t="s">
         <v>313</v>
       </c>
       <c r="B153" t="s">
         <v>314</v>
       </c>
       <c r="C153" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D153" s="5">
+        <v>483</v>
+      </c>
+      <c r="D153" s="4">
         <v>45972</v>
       </c>
       <c r="E153" t="s">
         <v>3</v>
       </c>
       <c r="F153" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="154" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A154" t="s">
         <v>315</v>
       </c>
       <c r="B154" t="s">
         <v>316</v>
       </c>
       <c r="C154" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D154" s="5">
+        <v>483</v>
+      </c>
+      <c r="D154" s="4">
         <v>45972</v>
       </c>
       <c r="E154" t="s">
         <v>3</v>
       </c>
       <c r="F154" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="155" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A155" t="s">
         <v>317</v>
       </c>
       <c r="B155" t="s">
         <v>308</v>
       </c>
       <c r="C155" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D155" s="5">
+        <v>484</v>
+      </c>
+      <c r="D155" s="4">
         <v>45972</v>
       </c>
       <c r="E155" t="s">
         <v>3</v>
       </c>
       <c r="F155" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="156" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A156" t="s">
         <v>318</v>
       </c>
       <c r="B156" t="s">
         <v>310</v>
       </c>
       <c r="C156" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D156" s="5">
+        <v>484</v>
+      </c>
+      <c r="D156" s="4">
         <v>45972</v>
       </c>
       <c r="E156" t="s">
         <v>3</v>
       </c>
       <c r="F156" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="157" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A157" t="s">
         <v>319</v>
       </c>
       <c r="B157" t="s">
         <v>291</v>
       </c>
       <c r="C157" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D157" s="5">
+        <v>484</v>
+      </c>
+      <c r="D157" s="4">
         <v>45972</v>
       </c>
       <c r="E157" t="s">
         <v>3</v>
       </c>
       <c r="F157" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="158" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A158" t="s">
         <v>320</v>
       </c>
       <c r="B158" t="s">
         <v>316</v>
       </c>
       <c r="C158" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D158" s="5">
+        <v>484</v>
+      </c>
+      <c r="D158" s="4">
         <v>45972</v>
       </c>
       <c r="E158" t="s">
         <v>3</v>
       </c>
       <c r="F158" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="159" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A159" t="s">
         <v>321</v>
       </c>
       <c r="B159" t="s">
         <v>322</v>
       </c>
       <c r="C159" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D159" s="5">
+        <v>484</v>
+      </c>
+      <c r="D159" s="4">
         <v>45972</v>
       </c>
       <c r="E159" t="s">
         <v>3</v>
       </c>
       <c r="F159" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="160" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A160" t="s">
         <v>323</v>
       </c>
       <c r="B160" t="s">
         <v>324</v>
       </c>
       <c r="C160" t="s">
-        <v>487</v>
-[...1 lines deleted...]
-      <c r="D160" s="5">
+        <v>485</v>
+      </c>
+      <c r="D160" s="4">
         <v>45972</v>
       </c>
       <c r="E160" t="s">
         <v>3</v>
       </c>
       <c r="F160" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="161" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A161" t="s">
         <v>325</v>
       </c>
       <c r="B161" t="s">
         <v>326</v>
       </c>
       <c r="C161" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D161" s="5">
+        <v>484</v>
+      </c>
+      <c r="D161" s="4">
         <v>45972</v>
       </c>
       <c r="E161" t="s">
         <v>3</v>
       </c>
       <c r="F161" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="162" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A162" t="s">
         <v>327</v>
       </c>
       <c r="B162" t="s">
         <v>306</v>
       </c>
       <c r="C162" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D162" s="5">
+        <v>483</v>
+      </c>
+      <c r="D162" s="4">
         <v>45972</v>
       </c>
       <c r="E162" t="s">
         <v>3</v>
       </c>
       <c r="F162" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="163" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A163" t="s">
         <v>328</v>
       </c>
       <c r="B163" t="s">
         <v>329</v>
       </c>
       <c r="C163" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D163" s="5">
+        <v>483</v>
+      </c>
+      <c r="D163" s="4">
         <v>45972</v>
       </c>
       <c r="E163" t="s">
         <v>3</v>
       </c>
       <c r="F163" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="164" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A164" t="s">
         <v>330</v>
       </c>
       <c r="B164" t="s">
         <v>331</v>
       </c>
       <c r="C164" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D164" s="5">
+        <v>483</v>
+      </c>
+      <c r="D164" s="4">
         <v>45972</v>
       </c>
       <c r="E164" t="s">
         <v>3</v>
       </c>
       <c r="F164" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="165" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A165" t="s">
         <v>332</v>
       </c>
       <c r="B165" t="s">
         <v>333</v>
       </c>
       <c r="C165" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D165" s="5">
+        <v>483</v>
+      </c>
+      <c r="D165" s="4">
         <v>45972</v>
       </c>
       <c r="E165" t="s">
         <v>3</v>
       </c>
       <c r="F165" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="166" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A166" t="s">
         <v>334</v>
       </c>
       <c r="B166" t="s">
         <v>331</v>
       </c>
       <c r="C166" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D166" s="5">
+        <v>483</v>
+      </c>
+      <c r="D166" s="4">
         <v>45972</v>
       </c>
       <c r="E166" t="s">
         <v>3</v>
       </c>
       <c r="F166" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="167" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A167" t="s">
         <v>335</v>
       </c>
       <c r="B167" t="s">
         <v>287</v>
       </c>
       <c r="C167" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D167" s="5">
+        <v>483</v>
+      </c>
+      <c r="D167" s="4">
         <v>45972</v>
       </c>
       <c r="E167" t="s">
         <v>3</v>
       </c>
       <c r="F167" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="168" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A168" t="s">
         <v>336</v>
       </c>
       <c r="B168" t="s">
         <v>326</v>
       </c>
       <c r="C168" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D168" s="5">
+        <v>483</v>
+      </c>
+      <c r="D168" s="4">
         <v>45972</v>
       </c>
       <c r="E168" t="s">
         <v>3</v>
       </c>
       <c r="F168" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="169" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A169" t="s">
         <v>337</v>
       </c>
       <c r="B169" t="s">
         <v>338</v>
       </c>
       <c r="C169" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D169" s="5">
+        <v>483</v>
+      </c>
+      <c r="D169" s="4">
         <v>45972</v>
       </c>
       <c r="E169" t="s">
         <v>3</v>
       </c>
       <c r="F169" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="170" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A170" t="s">
         <v>339</v>
       </c>
       <c r="B170" t="s">
         <v>329</v>
       </c>
       <c r="C170" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D170" s="5">
+        <v>484</v>
+      </c>
+      <c r="D170" s="4">
         <v>45972</v>
       </c>
       <c r="E170" t="s">
         <v>3</v>
       </c>
       <c r="F170" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="171" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A171" t="s">
         <v>340</v>
       </c>
       <c r="B171" t="s">
         <v>331</v>
       </c>
       <c r="C171" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D171" s="5">
+        <v>484</v>
+      </c>
+      <c r="D171" s="4">
         <v>45972</v>
       </c>
       <c r="E171" t="s">
         <v>3</v>
       </c>
       <c r="F171" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="172" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A172" t="s">
         <v>341</v>
       </c>
       <c r="B172" t="s">
         <v>333</v>
       </c>
       <c r="C172" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D172" s="5">
+        <v>484</v>
+      </c>
+      <c r="D172" s="4">
         <v>45972</v>
       </c>
       <c r="E172" t="s">
         <v>3</v>
       </c>
       <c r="F172" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="173" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A173" t="s">
         <v>342</v>
       </c>
       <c r="B173" t="s">
         <v>331</v>
       </c>
       <c r="C173" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D173" s="5">
+        <v>484</v>
+      </c>
+      <c r="D173" s="4">
         <v>45972</v>
       </c>
       <c r="E173" t="s">
         <v>3</v>
       </c>
       <c r="F173" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="174" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A174" t="s">
         <v>343</v>
       </c>
       <c r="B174" t="s">
         <v>316</v>
       </c>
       <c r="C174" t="s">
-        <v>486</v>
-[...1 lines deleted...]
-      <c r="D174" s="5">
+        <v>484</v>
+      </c>
+      <c r="D174" s="4">
         <v>45972</v>
       </c>
       <c r="E174" t="s">
         <v>3</v>
       </c>
       <c r="F174" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="175" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A175" t="s">
         <v>344</v>
       </c>
       <c r="B175" t="s">
         <v>310</v>
       </c>
       <c r="C175" t="s">
+        <v>484</v>
+      </c>
+      <c r="D175" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E175" t="s">
+        <v>3</v>
+      </c>
+      <c r="F175" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A176" t="s">
+        <v>418</v>
+      </c>
+      <c r="B176" t="s">
+        <v>419</v>
+      </c>
+      <c r="C176" t="s">
         <v>486</v>
       </c>
-      <c r="D175" s="5">
-[...10 lines deleted...]
-      <c r="A176" t="s">
+      <c r="D176" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E176" t="s">
+        <v>3</v>
+      </c>
+      <c r="F176" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A177" t="s">
         <v>420</v>
       </c>
-      <c r="B176" t="s">
+      <c r="B177" t="s">
         <v>421</v>
       </c>
-      <c r="C176" t="s">
-[...13 lines deleted...]
-      <c r="A177" t="s">
+      <c r="C177" t="s">
+        <v>486</v>
+      </c>
+      <c r="D177" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E177" t="s">
+        <v>3</v>
+      </c>
+      <c r="F177" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A178" t="s">
         <v>422</v>
       </c>
-      <c r="B177" t="s">
+      <c r="B178" t="s">
         <v>423</v>
       </c>
-      <c r="C177" t="s">
-[...13 lines deleted...]
-      <c r="A178" t="s">
+      <c r="C178" t="s">
+        <v>486</v>
+      </c>
+      <c r="D178" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E178" t="s">
+        <v>3</v>
+      </c>
+      <c r="F178" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A179" t="s">
         <v>424</v>
       </c>
-      <c r="B178" t="s">
+      <c r="B179" t="s">
         <v>425</v>
       </c>
-      <c r="C178" t="s">
-[...13 lines deleted...]
-      <c r="A179" t="s">
+      <c r="C179" t="s">
+        <v>486</v>
+      </c>
+      <c r="D179" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E179" t="s">
+        <v>3</v>
+      </c>
+      <c r="F179" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A180" t="s">
         <v>426</v>
       </c>
-      <c r="B179" t="s">
+      <c r="B180" t="s">
         <v>427</v>
       </c>
-      <c r="C179" t="s">
-[...13 lines deleted...]
-      <c r="A180" t="s">
+      <c r="C180" t="s">
+        <v>486</v>
+      </c>
+      <c r="D180" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E180" t="s">
+        <v>3</v>
+      </c>
+      <c r="F180" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A181" t="s">
         <v>428</v>
       </c>
-      <c r="B180" t="s">
+      <c r="B181" t="s">
         <v>429</v>
       </c>
-      <c r="C180" t="s">
-[...13 lines deleted...]
-      <c r="A181" t="s">
+      <c r="C181" t="s">
+        <v>486</v>
+      </c>
+      <c r="D181" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E181" t="s">
+        <v>3</v>
+      </c>
+      <c r="F181" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A182" t="s">
         <v>430</v>
       </c>
-      <c r="B181" t="s">
+      <c r="B182" t="s">
         <v>431</v>
       </c>
-      <c r="C181" t="s">
-[...13 lines deleted...]
-      <c r="A182" t="s">
+      <c r="C182" t="s">
+        <v>486</v>
+      </c>
+      <c r="D182" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E182" t="s">
+        <v>3</v>
+      </c>
+      <c r="F182" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A183" t="s">
         <v>432</v>
       </c>
-      <c r="B182" t="s">
+      <c r="B183" t="s">
         <v>433</v>
       </c>
-      <c r="C182" t="s">
-[...13 lines deleted...]
-      <c r="A183" t="s">
+      <c r="C183" t="s">
+        <v>486</v>
+      </c>
+      <c r="D183" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E183" t="s">
+        <v>3</v>
+      </c>
+      <c r="F183" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A184" t="s">
         <v>434</v>
       </c>
-      <c r="B183" t="s">
+      <c r="B184" t="s">
         <v>435</v>
       </c>
-      <c r="C183" t="s">
-[...13 lines deleted...]
-      <c r="A184" t="s">
+      <c r="C184" t="s">
+        <v>486</v>
+      </c>
+      <c r="D184" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E184" t="s">
+        <v>3</v>
+      </c>
+      <c r="F184" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A185" t="s">
         <v>436</v>
       </c>
-      <c r="B184" t="s">
+      <c r="B185" t="s">
         <v>437</v>
       </c>
-      <c r="C184" t="s">
-[...13 lines deleted...]
-      <c r="A185" t="s">
+      <c r="C185" t="s">
+        <v>486</v>
+      </c>
+      <c r="D185" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E185" t="s">
+        <v>3</v>
+      </c>
+      <c r="F185" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A186" t="s">
         <v>438</v>
       </c>
-      <c r="B185" t="s">
+      <c r="B186" t="s">
         <v>439</v>
       </c>
-      <c r="C185" t="s">
-[...13 lines deleted...]
-      <c r="A186" t="s">
+      <c r="C186" t="s">
+        <v>486</v>
+      </c>
+      <c r="D186" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E186" t="s">
+        <v>3</v>
+      </c>
+      <c r="F186" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A187" t="s">
         <v>440</v>
       </c>
-      <c r="B186" t="s">
+      <c r="B187" t="s">
         <v>441</v>
       </c>
-      <c r="C186" t="s">
-[...13 lines deleted...]
-      <c r="A187" t="s">
+      <c r="C187" t="s">
+        <v>486</v>
+      </c>
+      <c r="D187" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E187" t="s">
+        <v>3</v>
+      </c>
+      <c r="F187" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A188" t="s">
         <v>442</v>
       </c>
-      <c r="B187" t="s">
+      <c r="B188" t="s">
         <v>443</v>
       </c>
-      <c r="C187" t="s">
-[...13 lines deleted...]
-      <c r="A188" t="s">
+      <c r="C188" t="s">
+        <v>486</v>
+      </c>
+      <c r="D188" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E188" t="s">
+        <v>3</v>
+      </c>
+      <c r="F188" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A189" t="s">
         <v>444</v>
       </c>
-      <c r="B188" t="s">
+      <c r="B189" t="s">
         <v>445</v>
       </c>
-      <c r="C188" t="s">
-[...13 lines deleted...]
-      <c r="A189" t="s">
+      <c r="C189" t="s">
+        <v>486</v>
+      </c>
+      <c r="D189" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E189" t="s">
+        <v>3</v>
+      </c>
+      <c r="F189" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A190" t="s">
         <v>446</v>
       </c>
-      <c r="B189" t="s">
+      <c r="B190" t="s">
         <v>447</v>
       </c>
-      <c r="C189" t="s">
-[...13 lines deleted...]
-      <c r="A190" t="s">
+      <c r="C190" t="s">
+        <v>486</v>
+      </c>
+      <c r="D190" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E190" t="s">
+        <v>3</v>
+      </c>
+      <c r="F190" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A191" t="s">
         <v>448</v>
       </c>
-      <c r="B190" t="s">
+      <c r="B191" t="s">
         <v>449</v>
       </c>
-      <c r="C190" t="s">
-[...13 lines deleted...]
-      <c r="A191" t="s">
+      <c r="C191" t="s">
+        <v>486</v>
+      </c>
+      <c r="D191" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E191" t="s">
+        <v>3</v>
+      </c>
+      <c r="F191" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A192" t="s">
         <v>450</v>
       </c>
-      <c r="B191" t="s">
+      <c r="B192" t="s">
         <v>451</v>
       </c>
-      <c r="C191" t="s">
-[...13 lines deleted...]
-      <c r="A192" t="s">
+      <c r="C192" t="s">
+        <v>486</v>
+      </c>
+      <c r="D192" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E192" t="s">
+        <v>3</v>
+      </c>
+      <c r="F192" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A193" t="s">
         <v>452</v>
       </c>
-      <c r="B192" t="s">
+      <c r="B193" t="s">
         <v>453</v>
       </c>
-      <c r="C192" t="s">
-[...13 lines deleted...]
-      <c r="A193" t="s">
+      <c r="C193" t="s">
+        <v>486</v>
+      </c>
+      <c r="D193" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E193" t="s">
+        <v>3</v>
+      </c>
+      <c r="F193" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A194" t="s">
         <v>454</v>
       </c>
-      <c r="B193" t="s">
+      <c r="B194" t="s">
         <v>455</v>
       </c>
-      <c r="C193" t="s">
-[...13 lines deleted...]
-      <c r="A194" t="s">
+      <c r="C194" t="s">
+        <v>486</v>
+      </c>
+      <c r="D194" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E194" t="s">
+        <v>3</v>
+      </c>
+      <c r="F194" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A195" t="s">
         <v>456</v>
       </c>
-      <c r="B194" t="s">
+      <c r="B195" t="s">
         <v>457</v>
       </c>
-      <c r="C194" t="s">
-[...13 lines deleted...]
-      <c r="A195" t="s">
+      <c r="C195" t="s">
+        <v>486</v>
+      </c>
+      <c r="D195" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E195" t="s">
+        <v>3</v>
+      </c>
+      <c r="F195" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A196" t="s">
         <v>458</v>
       </c>
-      <c r="B195" t="s">
+      <c r="B196" t="s">
         <v>459</v>
       </c>
-      <c r="C195" t="s">
-[...13 lines deleted...]
-      <c r="A196" t="s">
+      <c r="C196" t="s">
+        <v>486</v>
+      </c>
+      <c r="D196" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E196" t="s">
+        <v>3</v>
+      </c>
+      <c r="F196" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A197" t="s">
         <v>460</v>
       </c>
-      <c r="B196" t="s">
+      <c r="B197" t="s">
         <v>461</v>
       </c>
-      <c r="C196" t="s">
-[...13 lines deleted...]
-      <c r="A197" t="s">
+      <c r="C197" t="s">
+        <v>486</v>
+      </c>
+      <c r="D197" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E197" t="s">
+        <v>3</v>
+      </c>
+      <c r="F197" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A198" t="s">
         <v>462</v>
       </c>
-      <c r="B197" t="s">
+      <c r="B198" t="s">
         <v>463</v>
       </c>
-      <c r="C197" t="s">
-[...13 lines deleted...]
-      <c r="A198" t="s">
+      <c r="C198" t="s">
+        <v>486</v>
+      </c>
+      <c r="D198" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E198" t="s">
+        <v>3</v>
+      </c>
+      <c r="F198" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A199" t="s">
         <v>464</v>
       </c>
-      <c r="B198" t="s">
+      <c r="B199" t="s">
         <v>465</v>
       </c>
-      <c r="C198" t="s">
-[...13 lines deleted...]
-      <c r="A199" t="s">
+      <c r="C199" t="s">
+        <v>486</v>
+      </c>
+      <c r="D199" s="4">
+        <v>45972</v>
+      </c>
+      <c r="E199" t="s">
+        <v>3</v>
+      </c>
+      <c r="F199" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A200" t="s">
         <v>466</v>
       </c>
-      <c r="B199" t="s">
+      <c r="B200" t="s">
         <v>467</v>
       </c>
-      <c r="C199" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="C200" t="s">
-        <v>488</v>
-[...1 lines deleted...]
-      <c r="D200" s="5">
+        <v>486</v>
+      </c>
+      <c r="D200" s="4">
         <v>45972</v>
       </c>
       <c r="E200" t="s">
         <v>3</v>
       </c>
       <c r="F200" t="s">
         <v>4</v>
       </c>
     </row>
+    <row r="201" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A201" t="s">
+        <v>517</v>
+      </c>
+      <c r="B201" t="s">
+        <v>518</v>
+      </c>
+      <c r="C201" t="s">
+        <v>515</v>
+      </c>
+      <c r="D201" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E201" t="s">
+        <v>3</v>
+      </c>
+      <c r="F201" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A202" t="s">
+        <v>519</v>
+      </c>
+      <c r="B202" t="s">
+        <v>520</v>
+      </c>
+      <c r="C202" t="s">
+        <v>515</v>
+      </c>
+      <c r="D202" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E202" t="s">
+        <v>3</v>
+      </c>
+      <c r="F202" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A203" t="s">
+        <v>521</v>
+      </c>
+      <c r="B203" t="s">
+        <v>522</v>
+      </c>
+      <c r="C203" t="s">
+        <v>515</v>
+      </c>
+      <c r="D203" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E203" t="s">
+        <v>3</v>
+      </c>
+      <c r="F203" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="204" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A204" t="s">
+        <v>523</v>
+      </c>
+      <c r="B204" t="s">
+        <v>524</v>
+      </c>
+      <c r="C204" t="s">
+        <v>515</v>
+      </c>
+      <c r="D204" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E204" t="s">
+        <v>3</v>
+      </c>
+      <c r="F204" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A205" t="s">
+        <v>525</v>
+      </c>
+      <c r="B205" t="s">
+        <v>526</v>
+      </c>
+      <c r="C205" t="s">
+        <v>515</v>
+      </c>
+      <c r="D205" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E205" t="s">
+        <v>3</v>
+      </c>
+      <c r="F205" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="206" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A206" t="s">
+        <v>527</v>
+      </c>
+      <c r="B206" t="s">
+        <v>528</v>
+      </c>
+      <c r="C206" t="s">
+        <v>515</v>
+      </c>
+      <c r="D206" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E206" t="s">
+        <v>3</v>
+      </c>
+      <c r="F206" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="207" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A207" t="s">
+        <v>529</v>
+      </c>
+      <c r="B207" t="s">
+        <v>530</v>
+      </c>
+      <c r="C207" t="s">
+        <v>515</v>
+      </c>
+      <c r="D207" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E207" t="s">
+        <v>3</v>
+      </c>
+      <c r="F207" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A208" t="s">
+        <v>531</v>
+      </c>
+      <c r="B208" t="s">
+        <v>532</v>
+      </c>
+      <c r="C208" t="s">
+        <v>515</v>
+      </c>
+      <c r="D208" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E208" t="s">
+        <v>3</v>
+      </c>
+      <c r="F208" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="209" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A209" t="s">
+        <v>533</v>
+      </c>
+      <c r="B209" t="s">
+        <v>534</v>
+      </c>
+      <c r="C209" t="s">
+        <v>515</v>
+      </c>
+      <c r="D209" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E209" t="s">
+        <v>3</v>
+      </c>
+      <c r="F209" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="210" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A210" t="s">
+        <v>535</v>
+      </c>
+      <c r="B210" t="s">
+        <v>536</v>
+      </c>
+      <c r="C210" t="s">
+        <v>515</v>
+      </c>
+      <c r="D210" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E210" t="s">
+        <v>3</v>
+      </c>
+      <c r="F210" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="211" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A211" t="s">
+        <v>537</v>
+      </c>
+      <c r="B211" t="s">
+        <v>538</v>
+      </c>
+      <c r="C211" t="s">
+        <v>515</v>
+      </c>
+      <c r="D211" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E211" t="s">
+        <v>3</v>
+      </c>
+      <c r="F211" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="212" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A212" t="s">
+        <v>539</v>
+      </c>
+      <c r="B212" t="s">
+        <v>540</v>
+      </c>
+      <c r="C212" t="s">
+        <v>515</v>
+      </c>
+      <c r="D212" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E212" t="s">
+        <v>3</v>
+      </c>
+      <c r="F212" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="213" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A213" t="s">
+        <v>541</v>
+      </c>
+      <c r="B213" t="s">
+        <v>542</v>
+      </c>
+      <c r="C213" t="s">
+        <v>515</v>
+      </c>
+      <c r="D213" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E213" t="s">
+        <v>3</v>
+      </c>
+      <c r="F213" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A214" t="s">
+        <v>543</v>
+      </c>
+      <c r="B214" t="s">
+        <v>544</v>
+      </c>
+      <c r="C214" t="s">
+        <v>515</v>
+      </c>
+      <c r="D214" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E214" t="s">
+        <v>3</v>
+      </c>
+      <c r="F214" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A215" t="s">
+        <v>545</v>
+      </c>
+      <c r="B215" t="s">
+        <v>546</v>
+      </c>
+      <c r="C215" t="s">
+        <v>515</v>
+      </c>
+      <c r="D215" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E215" t="s">
+        <v>3</v>
+      </c>
+      <c r="F215" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A216" t="s">
+        <v>547</v>
+      </c>
+      <c r="B216" t="s">
+        <v>548</v>
+      </c>
+      <c r="C216" t="s">
+        <v>515</v>
+      </c>
+      <c r="D216" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E216" t="s">
+        <v>3</v>
+      </c>
+      <c r="F216" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="217" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A217" t="s">
+        <v>549</v>
+      </c>
+      <c r="B217" t="s">
+        <v>550</v>
+      </c>
+      <c r="C217" t="s">
+        <v>515</v>
+      </c>
+      <c r="D217" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E217" t="s">
+        <v>3</v>
+      </c>
+      <c r="F217" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="218" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A218" t="s">
+        <v>551</v>
+      </c>
+      <c r="B218" t="s">
+        <v>552</v>
+      </c>
+      <c r="C218" t="s">
+        <v>515</v>
+      </c>
+      <c r="D218" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E218" t="s">
+        <v>3</v>
+      </c>
+      <c r="F218" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="219" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A219" t="s">
+        <v>553</v>
+      </c>
+      <c r="B219" t="s">
+        <v>554</v>
+      </c>
+      <c r="C219" t="s">
+        <v>515</v>
+      </c>
+      <c r="D219" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E219" t="s">
+        <v>3</v>
+      </c>
+      <c r="F219" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="220" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A220" t="s">
+        <v>555</v>
+      </c>
+      <c r="B220" t="s">
+        <v>556</v>
+      </c>
+      <c r="C220" t="s">
+        <v>515</v>
+      </c>
+      <c r="D220" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E220" t="s">
+        <v>3</v>
+      </c>
+      <c r="F220" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="221" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A221" t="s">
+        <v>557</v>
+      </c>
+      <c r="B221" t="s">
+        <v>558</v>
+      </c>
+      <c r="C221" t="s">
+        <v>515</v>
+      </c>
+      <c r="D221" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E221" t="s">
+        <v>3</v>
+      </c>
+      <c r="F221" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="222" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A222" t="s">
+        <v>559</v>
+      </c>
+      <c r="B222" t="s">
+        <v>560</v>
+      </c>
+      <c r="C222" t="s">
+        <v>565</v>
+      </c>
+      <c r="D222" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E222" t="s">
+        <v>3</v>
+      </c>
+      <c r="F222" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="223" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A223" t="s">
+        <v>561</v>
+      </c>
+      <c r="B223" t="s">
+        <v>562</v>
+      </c>
+      <c r="C223" t="s">
+        <v>565</v>
+      </c>
+      <c r="D223" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E223" t="s">
+        <v>3</v>
+      </c>
+      <c r="F223" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A224" t="s">
+        <v>563</v>
+      </c>
+      <c r="B224" t="s">
+        <v>564</v>
+      </c>
+      <c r="C224" t="s">
+        <v>565</v>
+      </c>
+      <c r="D224" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E224" t="s">
+        <v>3</v>
+      </c>
+      <c r="F224" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="225" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A225" t="s">
+        <v>566</v>
+      </c>
+      <c r="B225" t="s">
+        <v>567</v>
+      </c>
+      <c r="C225" t="s">
+        <v>565</v>
+      </c>
+      <c r="D225" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E225" t="s">
+        <v>3</v>
+      </c>
+      <c r="F225" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="226" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A226" t="s">
+        <v>568</v>
+      </c>
+      <c r="B226" t="s">
+        <v>569</v>
+      </c>
+      <c r="C226" t="s">
+        <v>565</v>
+      </c>
+      <c r="D226" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E226" t="s">
+        <v>3</v>
+      </c>
+      <c r="F226" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="227" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A227" t="s">
+        <v>570</v>
+      </c>
+      <c r="B227" t="s">
+        <v>569</v>
+      </c>
+      <c r="C227" t="s">
+        <v>515</v>
+      </c>
+      <c r="D227" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E227" t="s">
+        <v>3</v>
+      </c>
+      <c r="F227" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="228" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A228" t="s">
+        <v>571</v>
+      </c>
+      <c r="B228" t="s">
+        <v>569</v>
+      </c>
+      <c r="C228" t="s">
+        <v>573</v>
+      </c>
+      <c r="D228" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E228" t="s">
+        <v>3</v>
+      </c>
+      <c r="F228" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="229" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A229" t="s">
+        <v>572</v>
+      </c>
+      <c r="B229" t="s">
+        <v>569</v>
+      </c>
+      <c r="C229" t="s">
+        <v>574</v>
+      </c>
+      <c r="D229" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E229" t="s">
+        <v>3</v>
+      </c>
+      <c r="F229" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="230" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A230" t="s">
+        <v>575</v>
+      </c>
+      <c r="B230" t="s">
+        <v>576</v>
+      </c>
+      <c r="C230" t="s">
+        <v>574</v>
+      </c>
+      <c r="D230" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E230" t="s">
+        <v>3</v>
+      </c>
+      <c r="F230" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="231" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A231" t="s">
+        <v>577</v>
+      </c>
+      <c r="B231" t="s">
+        <v>576</v>
+      </c>
+      <c r="C231" t="s">
+        <v>573</v>
+      </c>
+      <c r="D231" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E231" t="s">
+        <v>3</v>
+      </c>
+      <c r="F231" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="232" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A232" t="s">
+        <v>578</v>
+      </c>
+      <c r="B232" t="s">
+        <v>576</v>
+      </c>
+      <c r="C232" t="s">
+        <v>515</v>
+      </c>
+      <c r="D232" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E232" t="s">
+        <v>3</v>
+      </c>
+      <c r="F232" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="233" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A233" t="s">
+        <v>579</v>
+      </c>
+      <c r="B233" t="s">
+        <v>576</v>
+      </c>
+      <c r="C233" t="s">
+        <v>565</v>
+      </c>
+      <c r="D233" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E233" t="s">
+        <v>3</v>
+      </c>
+      <c r="F233" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="234" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A234" t="s">
+        <v>580</v>
+      </c>
+      <c r="B234" t="s">
+        <v>581</v>
+      </c>
+      <c r="C234" t="s">
+        <v>565</v>
+      </c>
+      <c r="D234" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E234" t="s">
+        <v>3</v>
+      </c>
+      <c r="F234" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="235" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A235" t="s">
+        <v>582</v>
+      </c>
+      <c r="B235" t="s">
+        <v>583</v>
+      </c>
+      <c r="C235" t="s">
+        <v>565</v>
+      </c>
+      <c r="D235" s="4">
+        <v>46009</v>
+      </c>
+      <c r="E235" t="s">
+        <v>3</v>
+      </c>
+      <c r="F235" t="s">
+        <v>4</v>
+      </c>
+    </row>
   </sheetData>
+  <autoFilter ref="A1:F200" xr:uid="{C1784736-BD36-46D4-BC4E-5646BD3C3F94}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001099B2510A6CB14B813554CD4F98ADAE" ma:contentTypeVersion="20" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="1a5bbcba28044f84f745382ad80e117c">
-[...2 lines deleted...]
-    <xsd:import namespace="3c4e12eb-bf5c-4512-8b17-7f310e423641"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="979848dc-7a4e-4b56-a50e-e3587a1d5ccc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="c7b39086-3f3a-49db-b989-af35e128dfd9" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DF8D4FCEFB1F6641A2CAFF0DFD721E6D" ma:contentTypeVersion="11" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="3c6fadb075ce3c9d25a8ef76d385a60e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="979848dc-7a4e-4b56-a50e-e3587a1d5ccc" xmlns:ns3="c7b39086-3f3a-49db-b989-af35e128dfd9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc0a65d884aed19a2006d97155f0ad4d" ns2:_="" ns3:_="">
+    <xsd:import namespace="979848dc-7a4e-4b56-a50e-e3587a1d5ccc"/>
+    <xsd:import namespace="c7b39086-3f3a-49db-b989-af35e128dfd9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-[...3 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
-[...4 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="cc83bc33-33e4-460b-854b-d0cad2bdac26" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="979848dc-7a4e-4b56-a50e-e3587a1d5ccc" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
-      </xsd:simpleType>
-[...5 lines deleted...]
-        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="17" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
-[...2 lines deleted...]
-      </xsd:simpleType>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="16" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Afbeeldingtags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f1a5bf20-2747-41e9-9fee-c32d61dcfd74" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="18" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Afbeeldingtags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="0410a73b-adeb-4919-bf3c-8c97fbc73deb" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...35 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3c4e12eb-bf5c-4512-8b17-7f310e423641" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c7b39086-3f3a-49db-b989-af35e128dfd9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="14" nillable="true" ma:displayName="Gedeeld met" ma:internalName="SharedWithUsers" ma:readOnly="true">
-[...25 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{39c02024-b23a-47ca-89b0-3d4907d8fbea}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="3c4e12eb-bf5c-4512-8b17-7f310e423641">
+    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{29578bee-5abb-4f6c-afe3-8757375409d6}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c7b39086-3f3a-49db-b989-af35e128dfd9">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhoudstype"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -7735,117 +9580,111 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46F8428F-1951-47D2-919F-0F4E35A8C503}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE33B922-44D8-454A-9B83-FF00D676FF12}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="cc83bc33-33e4-460b-854b-d0cad2bdac26"/>
     <ds:schemaRef ds:uri="3c4e12eb-bf5c-4512-8b17-7f310e423641"/>
+    <ds:schemaRef ds:uri="979848dc-7a4e-4b56-a50e-e3587a1d5ccc"/>
+    <ds:schemaRef ds:uri="c7b39086-3f3a-49db-b989-af35e128dfd9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF07ED67-7527-4B7A-8E86-0BE63F7D5AC7}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23B59CDC-A387-424E-B5D5-A75A2D579239}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Nieuwe MV's</vt:lpstr>
       <vt:lpstr>Gedeactiveerde MV's</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Nicoline Opbroek</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101001099B2510A6CB14B813554CD4F98ADAE</vt:lpwstr>
+    <vt:lpwstr>0x010100DF8D4FCEFB1F6641A2CAFF0DFD721E6D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>