--- v0 (2025-11-24)
+++ v1 (2025-12-18)
@@ -1,533 +1,468 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
-  <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
-  <Override PartName="/xl/threadedComments/threadedComment2.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bouwkwaliteit.sharepoint.com/sites/NMDProjectEOL3b/Gedeelde documenten/General/Upload files NMD/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bouwkwaliteit.sharepoint.com/sites/TeamNMD/Gedeelde documenten/Team - Communicatie/00. Online content/01. Content/05. Over Ons/Feedback/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1014" documentId="8_{F686F6E3-EDF3-4033-AAEB-2CF96342F620}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A15EDDC6-3348-4C95-9534-9634E787B9C9}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{794FB129-CA89-4C3F-93F9-5081C0CDAEB3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" firstSheet="1" activeTab="1" xr2:uid="{D856D373-BF3E-4854-9E52-3EDCC5271AAD}"/>
+    <workbookView xWindow="-23148" yWindow="-156" windowWidth="23256" windowHeight="12456" xr2:uid="{D856D373-BF3E-4854-9E52-3EDCC5271AAD}"/>
   </bookViews>
   <sheets>
-    <sheet name="Cover en instructies" sheetId="4" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="Dropdowns" sheetId="25" state="hidden" r:id="rId3"/>
+    <sheet name="Lijst met EOL scenario" sheetId="23" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Lijst met EOL scenario'!$D$1:$I$95</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Lijst met EOL scenario'!$A$1:$F$103</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>tc={C8E1A976-8D95-4A35-9A45-460B495BD48C}</author>
     <author>tc={48DAD74D-2D99-4706-81C2-C0560CB9FBF9}</author>
   </authors>
   <commentList>
-    <comment ref="E57" authorId="0" shapeId="0" xr:uid="{C8E1A976-8D95-4A35-9A45-460B495BD48C}">
+    <comment ref="B63" authorId="0" shapeId="0" xr:uid="{C8E1A976-8D95-4A35-9A45-460B495BD48C}">
       <text>
         <t xml:space="preserve">[Opmerkingenthread]
 U kunt deze opmerkingenthread lezen in uw versie van Excel. Eventuele wijzigingen aan de thread gaan echter verloren als het bestand wordt geopend in een nieuwere versie van Excel. Meer informatie: https://go.microsoft.com/fwlink/?linkid=870924
 Opmerking:
     voorstel 55 laten vervallen, was niet meegenomen in rapport argodome en alleen plaatmateiraal mee te nemen
 </t>
       </text>
     </comment>
-    <comment ref="E83" authorId="1" shapeId="0" xr:uid="{48DAD74D-2D99-4706-81C2-C0560CB9FBF9}">
+    <comment ref="B90" authorId="1" shapeId="0" xr:uid="{48DAD74D-2D99-4706-81C2-C0560CB9FBF9}">
       <text>
         <t>[Opmerkingenthread]
 U kunt deze opmerkingenthread lezen in uw versie van Excel. Eventuele wijzigingen aan de thread gaan echter verloren als het bestand wordt geopend in een nieuwere versie van Excel. Meer informatie: https://go.microsoft.com/fwlink/?linkid=870924
 Opmerking:
     Volkern is een merk naam. Denk Dat de algemene naam HPL (high Pressure Laminate) . 
 Beantwoorden:
     Voorheen Volkern, aangepast in HPl</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
-<file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="513" uniqueCount="243">
-[...92 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="512" uniqueCount="218">
   <si>
     <t>Nummer</t>
   </si>
   <si>
     <t>Stroom</t>
   </si>
   <si>
     <t>Specificatie</t>
   </si>
   <si>
     <t>GWW en/of B&amp;U</t>
   </si>
   <si>
     <t>Hoofdmaterialen stromen</t>
   </si>
   <si>
     <t>Opmerking</t>
   </si>
   <si>
     <t>actief kool</t>
   </si>
   <si>
     <t>uit filters voor waterzuivering</t>
   </si>
   <si>
     <t>GWW</t>
   </si>
   <si>
     <t>Organisch</t>
   </si>
   <si>
+    <t>2A</t>
+  </si>
+  <si>
     <t>afwerkingen</t>
   </si>
   <si>
-    <t>verkleefd aan hout, kunststof, metaal</t>
+    <t>verkleefd aan hout, kunststof</t>
   </si>
   <si>
     <t>GWW en B&amp;U</t>
   </si>
   <si>
     <t>Overig</t>
   </si>
   <si>
+    <t>2B</t>
+  </si>
+  <si>
+    <t>verkleefd aan metalen</t>
+  </si>
+  <si>
+    <t>3A</t>
+  </si>
+  <si>
     <t>verkleefd aan puin, stort</t>
   </si>
   <si>
     <t>Metalen</t>
   </si>
   <si>
-    <t>aluminium, uit B&amp;U</t>
+    <t>3B</t>
+  </si>
+  <si>
+    <t>Verkleefd aan puin, schoon (voldoet aan besluit bodemkwaliteit)</t>
+  </si>
+  <si>
+    <t>3C</t>
+  </si>
+  <si>
+    <t>verkleefd aan puin, thermisch reinigen</t>
+  </si>
+  <si>
+    <t>aluminium, kneedlegering</t>
+  </si>
+  <si>
+    <t>o.a. profielen, platen, leidingen, lichtmasten en randafwerkingen</t>
+  </si>
+  <si>
+    <t>B&amp;U</t>
+  </si>
+  <si>
+    <t>Steenachtig</t>
+  </si>
+  <si>
+    <t>aluminium, gietlegering</t>
+  </si>
+  <si>
+    <t>o.a. bevestigingsmiddelen, deksel- en afdekkappen en behuizingen</t>
+  </si>
+  <si>
+    <t>Kunststoffen</t>
+  </si>
+  <si>
+    <t>asfalt</t>
+  </si>
+  <si>
+    <t>Asfalt/bitumen</t>
+  </si>
+  <si>
+    <t>Glas</t>
+  </si>
+  <si>
+    <t>asfaltgranulaatcement (agrac)</t>
+  </si>
+  <si>
+    <t>Hout</t>
+  </si>
+  <si>
+    <t>beton</t>
+  </si>
+  <si>
+    <t>o.a. elementen, metselwerk, gewapend beton</t>
+  </si>
+  <si>
+    <t>Grond</t>
+  </si>
+  <si>
+    <t>beton, cellenbeton</t>
+  </si>
+  <si>
+    <t>o.a. elementen, blokken</t>
+  </si>
+  <si>
+    <t>beton, heipalen, bebouwde omgeving</t>
+  </si>
+  <si>
+    <t>heipalen bebouwde omgeving</t>
+  </si>
+  <si>
+    <t>beton, heipalen, vrijeruimte</t>
+  </si>
+  <si>
+    <t>heipalen vrije ruimte</t>
+  </si>
+  <si>
+    <t>beton, steen, straatwerk</t>
+  </si>
+  <si>
+    <t>straatstenen beton en natuursteen</t>
+  </si>
+  <si>
+    <t>beton, straatwerk</t>
+  </si>
+  <si>
+    <t>opsluitbanden en gegoten beton</t>
+  </si>
+  <si>
+    <t>beton, verontreinigd</t>
+  </si>
+  <si>
+    <t>bitumen verontreiniging</t>
+  </si>
+  <si>
+    <t>bitumen</t>
+  </si>
+  <si>
+    <t>gemengd met steenachtig materiaal</t>
+  </si>
+  <si>
+    <t>o.a. dakbedekking</t>
+  </si>
+  <si>
+    <t>coating op staal uit GWW</t>
+  </si>
+  <si>
+    <t>verwijdering door middel van gritstralen</t>
+  </si>
+  <si>
+    <t>drainage buizen</t>
+  </si>
+  <si>
+    <t>horizontale drainagebuizen</t>
+  </si>
+  <si>
+    <t>verticale drains</t>
+  </si>
+  <si>
+    <t>elastomeren (o.a. epdm)</t>
+  </si>
+  <si>
+    <t>o.a. dakbedekkingen, folies</t>
+  </si>
+  <si>
+    <t>EPS</t>
+  </si>
+  <si>
+    <t>funderingen</t>
+  </si>
+  <si>
+    <t>ophoogmateriaal</t>
+  </si>
+  <si>
+    <t>EPS (vóór 2016)</t>
+  </si>
+  <si>
+    <t>HBCDD-houdend; o.a. isolatie</t>
+  </si>
+  <si>
+    <t>HBCDD-vrij; o.a. isolatie</t>
+  </si>
+  <si>
+    <t>fijnkeramisch</t>
+  </si>
+  <si>
+    <t>o.a. sanitair</t>
+  </si>
+  <si>
+    <t>geen afval</t>
+  </si>
+  <si>
+    <t>leeg scenario</t>
+  </si>
+  <si>
+    <t>gips</t>
+  </si>
+  <si>
+    <t>o.a. blokken, platen</t>
+  </si>
+  <si>
+    <t>glas</t>
+  </si>
+  <si>
+    <t>o.a. vlakglas</t>
+  </si>
+  <si>
+    <t>29A</t>
+  </si>
+  <si>
+    <t>glasschuim</t>
+  </si>
+  <si>
+    <t>29B</t>
+  </si>
+  <si>
+    <t>isolatie</t>
+  </si>
+  <si>
+    <t>glaswol</t>
+  </si>
+  <si>
+    <t>grind</t>
+  </si>
+  <si>
+    <t>ballast, verharding</t>
+  </si>
+  <si>
+    <t>32A</t>
+  </si>
+  <si>
+    <t>grofkeramisch</t>
+  </si>
+  <si>
+    <t>metselwerk</t>
+  </si>
+  <si>
+    <t>32B</t>
+  </si>
+  <si>
+    <t>dakpannen</t>
+  </si>
+  <si>
+    <t>hout, 'schoon'</t>
+  </si>
+  <si>
+    <t>bekisting</t>
+  </si>
+  <si>
+    <t>o.a. balken, planken</t>
+  </si>
+  <si>
+    <t>via restmateriaal</t>
+  </si>
+  <si>
+    <t>hout, verontreinigd</t>
+  </si>
+  <si>
+    <t>o.a. geschilderd, verduurzaamd</t>
+  </si>
+  <si>
+    <t>hout, waterbouw</t>
+  </si>
+  <si>
+    <t>rijshout maten</t>
+  </si>
+  <si>
+    <t>damwanden, vlonders, steigers, beschoeing</t>
+  </si>
+  <si>
+    <t>kalkzandsteen</t>
+  </si>
+  <si>
+    <t>o.a. elementen, metselwerk</t>
+  </si>
+  <si>
+    <t>koper</t>
+  </si>
+  <si>
+    <t>o.a. platen, leidingen</t>
+  </si>
+  <si>
+    <t>koper, gemengd</t>
+  </si>
+  <si>
+    <t>elektriciteitsleidingen</t>
+  </si>
+  <si>
+    <t>kunststoffen</t>
+  </si>
+  <si>
+    <t>Kunststoffen in de grotste soorten (PP, PE, PVC, PS, ABS, PA, PC, PMMA</t>
+  </si>
+  <si>
+    <t>44A</t>
+  </si>
+  <si>
+    <t>PE/PP, leidingen uit GWW (PE en PP)</t>
+  </si>
+  <si>
+    <t>kleine waterleidingen en riolering</t>
+  </si>
+  <si>
+    <t>44B</t>
+  </si>
+  <si>
+    <t>PVC, leidingen uit GWW</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> waterleidingen en riolering</t>
+  </si>
+  <si>
+    <t>kunststoffen, overig</t>
   </si>
   <si>
     <t>o.a. profielen, platen, leidingen</t>
   </si>
   <si>
-    <t>B&amp;U</t>
-[...226 lines deleted...]
-  <si>
     <t>kunststoffen, vezelversterkt</t>
   </si>
   <si>
     <t>Chemisch anker</t>
   </si>
   <si>
-    <t>verlijmd ankers in funderingen</t>
+    <t>Het onderdeel is gekoppeld aan de staal anker, en volgt hetzelfde einde-levenscenario. Gebruik daarom hetzelfde EOL-profiel als voor de staal ankers.</t>
   </si>
   <si>
     <t>Gelijk aan anker gehouden</t>
   </si>
   <si>
     <t>lood</t>
   </si>
   <si>
     <t>o.a. slabben</t>
   </si>
   <si>
     <t>metalen, gemengd</t>
   </si>
   <si>
     <t>metalen, overig</t>
   </si>
   <si>
     <t>o.a. bevestiging, hulpstukken</t>
   </si>
   <si>
     <t>organisch</t>
   </si>
   <si>
     <t>Biobased vezel schoon</t>
   </si>
@@ -549,89 +484,101 @@
   <si>
     <t>plaatmateriaal, 'schoon'</t>
   </si>
   <si>
     <t>grote delen, o.a. bekleding</t>
   </si>
   <si>
     <t>plaatmateriaal</t>
   </si>
   <si>
     <t>polyolefinen (o.a. PE, PP)</t>
   </si>
   <si>
     <t>o.a. leidingen, folies</t>
   </si>
   <si>
     <t>polyurea</t>
   </si>
   <si>
     <t>o.a. voegovergangen</t>
   </si>
   <si>
     <t>polyurethaan</t>
   </si>
   <si>
-    <t>primer</t>
-[...2 lines deleted...]
-    <t>vast op beton</t>
+    <t>primer, vast op beton</t>
+  </si>
+  <si>
+    <t>Het onderdeel is gekoppeld aan het beton en volgt hetzelfde einde-levenscenario. Gebruik daarom  hetzelfde EOL-profiel als voor het beton.</t>
   </si>
   <si>
     <t>Gelijk aan beton scenario</t>
   </si>
   <si>
     <t>puin, gemengd</t>
   </si>
   <si>
     <t>pvc, folies</t>
   </si>
   <si>
     <t>o.a. dakbedekkingen, waterkering</t>
   </si>
   <si>
     <t>pvc, kozijnprofielen</t>
   </si>
   <si>
     <t>pvc, leidingen</t>
   </si>
   <si>
     <t>rubber</t>
   </si>
   <si>
     <t>schelpen</t>
   </si>
   <si>
     <t>grondwerk</t>
   </si>
   <si>
     <t>slakken, verontreinigd</t>
   </si>
   <si>
+    <t>68A</t>
+  </si>
+  <si>
     <t>staal, ankers en langswapening</t>
   </si>
   <si>
+    <t xml:space="preserve"> bij verwijdering</t>
+  </si>
+  <si>
+    <t>68B</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> bij laten zitten</t>
+  </si>
+  <si>
     <t>staal, bevestigingsmiddelen</t>
   </si>
   <si>
     <t>staal, constructieprofielen</t>
   </si>
   <si>
     <t>staal, leidingen uit GWW</t>
   </si>
   <si>
     <t>staal, licht</t>
   </si>
   <si>
     <t>staal, wapening</t>
   </si>
   <si>
     <t>gewapend betonnen constructies</t>
   </si>
   <si>
     <t>staal, zink / verzinkt staal</t>
   </si>
   <si>
     <t>o.a. profielen, platen, zinklagen</t>
   </si>
   <si>
     <t>steenachtig, overig</t>
@@ -678,256 +625,160 @@
   <si>
     <t>staal, damwanden</t>
   </si>
   <si>
     <t>Tijdelijke toepassing (&lt;5 jaar), zonder significante afroesting</t>
   </si>
   <si>
     <t>Toegepast in een grond-zoetwater omgevingscombinatie, levensduur 50 jaar, uitgaande van dikte 11.2 mm</t>
   </si>
   <si>
     <t>Toegepast in een grond-zoetwater omgevingscombinatie, levensduur 100 jaar, uitgaande van dikte 11.2 mm</t>
   </si>
   <si>
     <t>Toegepast in een grond-zoutwater omgevingscombinatie, levensduur 50 jaar, uitgaande van dikte 11.2 mm</t>
   </si>
   <si>
     <t>Toegepast in een grond-zoutwater omgevingscombinatie, levensduur 100 jaar, uitgaande van dikte 11.2 mm</t>
   </si>
   <si>
     <t>Toegepast in een grond-grond omgevingscombinatie, levensduur 100 jaar, uitgaande van dikte 11.2 mm</t>
   </si>
   <si>
     <t>Toegepast in een grond-lucht omgevingscombinatie, levensduur 100 jaar, uitgaande van dikte 11.2 mm</t>
   </si>
   <si>
+    <t>93A</t>
+  </si>
+  <si>
     <t xml:space="preserve">Koelvloeistof  </t>
   </si>
   <si>
     <t>1,1,1,2-tetrafluorethaan (R134a)</t>
   </si>
   <si>
+    <t>93B</t>
+  </si>
+  <si>
+    <t>propaan</t>
+  </si>
+  <si>
     <t xml:space="preserve">Koelvloeistof </t>
   </si>
   <si>
     <t>Di-ethyleenglycol</t>
   </si>
   <si>
     <t>Elektronische componenten (Printed wiring board en passieve componenten)</t>
   </si>
   <si>
-    <t>Nieuwe EOL scenario's</t>
-[...173 lines deleted...]
-    <t>Voldoet niet</t>
+    <t>xxxx</t>
+  </si>
+  <si>
+    <t>Karton/papier</t>
+  </si>
+  <si>
+    <t>als  bouwmateriaal of als onderdeel van een bouwmateriaal</t>
+  </si>
+  <si>
+    <t>verpakkingsmaterialen</t>
+  </si>
+  <si>
+    <t>Straatbaksteen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Biobased composiet met mineraal bindmiddel </t>
+  </si>
+  <si>
+    <t>bijvoorbeeld klinkers, plaatmateriaal, geveldelen</t>
+  </si>
+  <si>
+    <t>Biobased composiet, met synthetisch bindmiddel</t>
+  </si>
+  <si>
+    <t>Riet</t>
+  </si>
+  <si>
+    <t>Stro</t>
+  </si>
+  <si>
+    <t>Biobased vezels verontreinigd met toeslagstoffen (bijv. cellulose)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">toeslagstoffen zoals o.a. brandvertragers, insecticiden </t>
+  </si>
+  <si>
+    <t>Biobased vezels verontreinigd met mineraal bindmiddel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Biobased vezels verontreinigd met synthetisch bindmiddel </t>
+  </si>
+  <si>
+    <t>bijvoorbeeld isolatiedekens</t>
+  </si>
+  <si>
+    <t>Gemodificeerd hout schoon</t>
+  </si>
+  <si>
+    <t>Thermisch of geacetyleerd</t>
+  </si>
+  <si>
+    <t>Houtelementen, CLT en gelamineerd hout</t>
+  </si>
+  <si>
+    <t>Houtelementen, HSB</t>
+  </si>
+  <si>
+    <t>Houtelementen</t>
+  </si>
+  <si>
+    <t>Raam en deurkozijnen</t>
+  </si>
+  <si>
+    <t>Staal, damwanden, koudgevormd</t>
+  </si>
+  <si>
+    <t>Toegepast in een grond-grond omgevingscombinatie, levensduur 50 jaar, uitgaande van 7mm en 77,5 kg/m2. Afroesting betreft  1,4 mm of 14,31 kg/m2. Het verfoppervlak is 1,31 m2/m1.</t>
+  </si>
+  <si>
+    <t>Toegepast in een grond-zoetwater omgevingscombinatie, levensduur 50 jaar, uitgaande van 7mm en 77,5 kg/m2. Afroesting betreft  1,45 mm of 14,82 kg/m2. Het verfoppervlak is 1,31 m2/m1.</t>
+  </si>
+  <si>
+    <t>Leeg gehouden</t>
   </si>
   <si>
     <t>Reeds in consultatie geweest - biobased project Agrodome</t>
   </si>
   <si>
-    <t>(oude) nummer</t>
-[...2 lines deleted...]
-    <t>Leeg gehouden</t>
+    <t>Van steenachtig naar organisch. Reeds in consultatie geweest - biobased project Agrodome</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="28" x14ac:knownFonts="1">
+  <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1063,52 +914,84 @@
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color rgb="FF71A4C3"/>
       <name val="Franklin Gothic Demi Cond"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color rgb="FF71A4C3"/>
       <name val="Franklin Gothic Medium"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF71A4C3"/>
       <name val="Franklin Gothic Medium"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="29">
+  <fills count="28">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB99"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFAC7CC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1222,56 +1105,50 @@
         <fgColor rgb="FFCEE2EE"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C2E2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59996337778862885"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFF4CC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF337B9B"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color theme="2"/>
       </left>
       <right style="hair">
         <color theme="2"/>
       </right>
       <top style="hair">
         <color theme="2"/>
       </top>
       <bottom style="hair">
         <color theme="2"/>
       </bottom>
@@ -1447,109 +1324,60 @@
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf numFmtId="0" fontId="7" fillId="8" borderId="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="8"/>
     <xf numFmtId="0" fontId="3" fillId="18" borderId="1" applyAlignment="0">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="19" borderId="1" applyAlignment="0"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="4" applyAlignment="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="6" applyAlignment="0"/>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="9"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="9"/>
     <xf numFmtId="0" fontId="3" fillId="26" borderId="1" applyNumberFormat="0" applyAlignment="0">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="10" applyNumberFormat="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" applyAlignment="0"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyAlignment="0"/>
     <xf numFmtId="0" fontId="11" fillId="27" borderId="0" applyAlignment="0"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="10"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="27">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="13" fillId="20" borderId="0" xfId="11"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="43"/>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="7" xfId="10"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="52"/>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="6" xfId="52" applyFont="1"/>
-[...25 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="64"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...23 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="5" xfId="43" applyFont="1"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="6" xfId="52" applyFont="1"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="64" applyFont="1"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="65">
     <cellStyle name="0_CalcSUm" xfId="61" xr:uid="{A89F74AB-636D-449C-AAA2-4DA9B22C1774}"/>
     <cellStyle name="0_Calculation1" xfId="16" xr:uid="{E6501D42-41D9-4C54-BAC4-CAA96EBD4078}"/>
     <cellStyle name="0_Calculation2" xfId="17" xr:uid="{0CC777DB-970C-483B-9DD9-CC82CEF9E5F4}"/>
     <cellStyle name="0_Calculation3" xfId="18" xr:uid="{29F29600-3B50-4133-88E2-5ED2B5976CDB}"/>
     <cellStyle name="0_Calculation4" xfId="20" xr:uid="{8F31BD52-D427-423B-8CAA-A330C6428140}"/>
     <cellStyle name="0_Calculation5" xfId="19" xr:uid="{2D4F9480-8F6B-42E9-838D-C98F9EFB0CDE}"/>
     <cellStyle name="0_CalculationSum" xfId="32" xr:uid="{AEF9B72B-6267-45DC-9186-F85F2E4C9FB5}"/>
     <cellStyle name="0_Check" xfId="31" xr:uid="{5D5B71F1-8AAF-4CFE-91DA-0DF7CF11F657}"/>
     <cellStyle name="0_Comment" xfId="21" xr:uid="{6B780D54-5D1E-41FF-BE0D-BA3E11381047}"/>
     <cellStyle name="0_Comment 2" xfId="55" xr:uid="{5DF6DB19-D118-4C1B-9E9A-9AAF6703C9DC}"/>
     <cellStyle name="0_Header1" xfId="11" xr:uid="{0023D07C-7D48-4727-A334-4004D9F3354D}"/>
     <cellStyle name="0_Header1 2" xfId="54" xr:uid="{D778A6FA-EDC8-4EF1-8C78-A112A2713B34}"/>
     <cellStyle name="0_Header2" xfId="10" xr:uid="{F18A9718-1F10-4296-BF92-32C54A76CB80}"/>
     <cellStyle name="0_Header2 2" xfId="56" xr:uid="{7DDA5D59-369B-475E-AB20-E861DA6874E9}"/>
     <cellStyle name="0_Header3" xfId="48" xr:uid="{0B4CF050-8B03-4EBD-9EEF-38093824D888}"/>
     <cellStyle name="0_Header3 2" xfId="62" xr:uid="{513A12AB-A531-4754-B7BB-BD89824143DB}"/>
     <cellStyle name="0_HeaderUnderline" xfId="53" xr:uid="{DB3577D5-7903-474A-8172-D4BDDE9DAEA8}"/>
     <cellStyle name="0_Input" xfId="57" xr:uid="{F0219ECE-BE5C-4020-95D3-843A1790C408}"/>
     <cellStyle name="0_InputDev" xfId="1" xr:uid="{00000000-000B-0000-0000-00000F000000}"/>
     <cellStyle name="0_InputDropDown" xfId="14" xr:uid="{144B08D2-31C9-436A-8C5A-1B91E18E1E88}"/>
     <cellStyle name="0_InputFixed" xfId="15" xr:uid="{3016810A-9132-470B-B765-4E2FBBC7DF66}"/>
     <cellStyle name="0_InputUser" xfId="12" xr:uid="{257648FF-F435-4152-9965-0A72D5F9C0DE}"/>
     <cellStyle name="0_InputUser2" xfId="49" xr:uid="{6FF53049-B02E-4CD6-A91A-55A1AE6D875C}"/>
@@ -1602,126 +1430,55 @@
     <mruColors>
       <color rgb="FFCEE2EE"/>
       <color rgb="FF3369FF"/>
       <color rgb="FF123EB7"/>
       <color rgb="FFC4EEC8"/>
       <color rgb="FFC0C2E2"/>
       <color rgb="FFACAFD8"/>
       <color rgb="FFA2C5DF"/>
       <color rgb="FFC0D8E9"/>
       <color rgb="FFDFECF4"/>
       <color rgb="FFF0F3FA"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
-[...69 lines deleted...]
-</xdr:wsDr>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <person displayName="Jansen, K.M. (Kamiel)" id="{6C0879F3-CD84-461B-AEB1-1F05FB4AE255}" userId="S::kamiel.jansen@tno.nl::77734c3a-5162-480c-b9b1-0f84f8f3cdb8" providerId="AD"/>
   <person displayName="Jansen, K.M. (Kamiel)" id="{FBB61CE6-A18F-4FB6-A24D-AF9B683AA4CF}" userId="S::kamiel.jansen_tno.nl#ext#@bouwkwaliteit.onmicrosoft.com::ca0537aa-43ed-482a-abcb-3ef5e2adf932" providerId="AD"/>
 </personList>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="TNO_Excel">
       <a:dk1>
         <a:srgbClr val="00030A"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="002484"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="C0C0C0"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="002484"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="F57118"/>
@@ -1979,2586 +1736,2342 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <threadedComment ref="E57" dT="2025-11-12T10:05:55.19" personId="{FBB61CE6-A18F-4FB6-A24D-AF9B683AA4CF}" id="{C8E1A976-8D95-4A35-9A45-460B495BD48C}">
+  <threadedComment ref="B63" dT="2025-11-12T10:05:55.19" personId="{FBB61CE6-A18F-4FB6-A24D-AF9B683AA4CF}" id="{C8E1A976-8D95-4A35-9A45-460B495BD48C}">
     <text xml:space="preserve">voorstel 55 laten vervallen, was niet meegenomen in rapport argodome en alleen plaatmateiraal mee te nemen
 </text>
   </threadedComment>
-  <threadedComment ref="E83" dT="2025-08-11T13:48:22.42" personId="{FBB61CE6-A18F-4FB6-A24D-AF9B683AA4CF}" id="{48DAD74D-2D99-4706-81C2-C0560CB9FBF9}">
+  <threadedComment ref="B90" dT="2025-08-11T13:48:22.42" personId="{FBB61CE6-A18F-4FB6-A24D-AF9B683AA4CF}" id="{48DAD74D-2D99-4706-81C2-C0560CB9FBF9}">
     <text xml:space="preserve">Volkern is een merk naam. Denk Dat de algemene naam HPL (high Pressure Laminate) . </text>
   </threadedComment>
-  <threadedComment ref="E83" dT="2025-09-22T09:38:04.53" personId="{FBB61CE6-A18F-4FB6-A24D-AF9B683AA4CF}" id="{599E8289-69C4-4BB3-B170-A7561BB85DEE}" parentId="{48DAD74D-2D99-4706-81C2-C0560CB9FBF9}">
+  <threadedComment ref="B90" dT="2025-09-22T09:38:04.53" personId="{FBB61CE6-A18F-4FB6-A24D-AF9B683AA4CF}" id="{599E8289-69C4-4BB3-B170-A7561BB85DEE}" parentId="{48DAD74D-2D99-4706-81C2-C0560CB9FBF9}">
     <text>Voorheen Volkern, aangepast in HPl</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
-<file path=xl/threadedComments/threadedComment2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kamiel.jansen@tno.nl" TargetMode="External"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E7872F5C-BCF9-462A-B310-D5F742C42A37}">
-[...254 lines deleted...]
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{785C9FFA-5015-4107-94B6-8C2465F32274}">
   <sheetPr>
     <tabColor theme="5"/>
   </sheetPr>
-  <dimension ref="D1:I109"/>
+  <dimension ref="A1:F128"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I14" sqref="I14"/>
+    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="F56" sqref="F56"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="10.199999999999999" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="3" width="4.140625" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9" max="9" width="65.42578125" customWidth="1"/>
+    <col min="1" max="1" width="6.42578125" style="8" customWidth="1"/>
+    <col min="2" max="2" width="39.140625" customWidth="1"/>
+    <col min="3" max="3" width="65.42578125" customWidth="1"/>
+    <col min="4" max="4" width="19.7109375" customWidth="1"/>
+    <col min="5" max="5" width="29.140625" customWidth="1"/>
+    <col min="6" max="6" width="92.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="4:9" ht="10.8" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="D1" s="21" t="s">
+    <row r="1" spans="1:6" ht="10.8" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" ht="12" thickTop="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="6">
+        <v>1</v>
+      </c>
+      <c r="B2" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E2" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F2" s="2"/>
+    </row>
+    <row r="3" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A3" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F3" s="2"/>
+    </row>
+    <row r="4" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A4" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" s="2"/>
+    </row>
+    <row r="5" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A5" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F5" s="2"/>
+    </row>
+    <row r="6" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A6" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F6" s="2"/>
+    </row>
+    <row r="7" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A7" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F7" s="2"/>
+    </row>
+    <row r="8" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A8" s="6">
+        <v>4</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A9" s="6">
+        <v>5</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C9" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="E1" s="2" t="s">
+      <c r="D9" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F9" s="2"/>
+    </row>
+    <row r="10" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A10" s="6">
+        <v>6</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" s="2"/>
+      <c r="D10" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F10" s="2"/>
+    </row>
+    <row r="11" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A11" s="6">
+        <v>7</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C11" s="2"/>
+      <c r="D11" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E11" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F11" s="2"/>
+    </row>
+    <row r="12" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A12" s="6">
+        <v>8</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F12" s="2"/>
+    </row>
+    <row r="13" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A13" s="6">
+        <v>9</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F13" s="2"/>
+    </row>
+    <row r="14" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A14" s="6">
+        <v>10</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F14" s="2"/>
+    </row>
+    <row r="15" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A15" s="6">
+        <v>11</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F15" s="2"/>
+    </row>
+    <row r="16" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A16" s="6">
+        <v>12</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E16" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F16" s="2"/>
+    </row>
+    <row r="17" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A17" s="6">
+        <v>13</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E17" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F17" s="2"/>
+    </row>
+    <row r="18" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A18" s="6">
+        <v>14</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F18" s="2"/>
+    </row>
+    <row r="19" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A19" s="6">
+        <v>15</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F19" s="2"/>
+    </row>
+    <row r="20" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A20" s="6">
+        <v>16</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F20" s="2"/>
+    </row>
+    <row r="21" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A21" s="6">
+        <v>17</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E21" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F21" s="2"/>
+    </row>
+    <row r="22" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A22" s="6">
+        <v>18</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E22" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="F1" s="2" t="s">
+      <c r="F22" s="2"/>
+    </row>
+    <row r="23" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A23" s="6">
+        <v>19</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F23" s="2"/>
+    </row>
+    <row r="24" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A24" s="6">
+        <v>20</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F24" s="2"/>
+    </row>
+    <row r="25" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A25" s="6">
+        <v>21</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F25" s="2"/>
+    </row>
+    <row r="26" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A26" s="6">
+        <v>22</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F26" s="2"/>
+    </row>
+    <row r="27" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A27" s="6">
+        <v>23</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E27" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F27" s="2"/>
+    </row>
+    <row r="28" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A28" s="6">
+        <v>24</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F28" s="2"/>
+    </row>
+    <row r="29" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A29" s="6">
+        <v>25</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E29" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F29" s="2"/>
+    </row>
+    <row r="30" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A30" s="6">
+        <v>26</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C30" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F30" s="2" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A31" s="6">
+        <v>27</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E31" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F31" s="2"/>
+    </row>
+    <row r="32" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A32" s="6">
+        <v>28</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F32" s="2"/>
+    </row>
+    <row r="33" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A33" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E33" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" s="2"/>
+    </row>
+    <row r="34" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A34" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="C34" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E34" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" s="2"/>
+    </row>
+    <row r="35" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A35" s="6">
+        <v>30</v>
+      </c>
+      <c r="B35" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C35" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E35" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" s="2"/>
+    </row>
+    <row r="36" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A36" s="6">
         <v>31</v>
       </c>
-      <c r="G1" s="2" t="s">
+      <c r="B36" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C36" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F36" s="2"/>
+    </row>
+    <row r="37" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A37" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="B37" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E37" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F37" s="2"/>
+    </row>
+    <row r="38" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A38" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E38" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F38" s="2"/>
+    </row>
+    <row r="39" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A39" s="6">
+        <v>33</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F39" s="2" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A40" s="6">
+        <v>34</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F40" s="2" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A41" s="6">
+        <v>35</v>
+      </c>
+      <c r="B41" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F41" s="2" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A42" s="6">
+        <v>36</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F42" s="2" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A43" s="6">
+        <v>37</v>
+      </c>
+      <c r="B43" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F43" s="2" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A44" s="6">
+        <v>38</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="C44" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A45" s="6">
+        <v>39</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E45" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F45" s="2" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A46" s="6">
+        <v>40</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="C46" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E46" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F46" s="2"/>
+    </row>
+    <row r="47" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A47" s="6">
+        <v>41</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F47" s="2"/>
+    </row>
+    <row r="48" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A48" s="6">
+        <v>42</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="C48" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F48" s="2"/>
+    </row>
+    <row r="49" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A49" s="6">
+        <v>43</v>
+      </c>
+      <c r="B49" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F49" s="2" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A50" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="C50" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E50" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F50" s="2"/>
+    </row>
+    <row r="51" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A51" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="B51" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="C51" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E51" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F51" s="2"/>
+    </row>
+    <row r="52" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A52" s="6">
+        <v>45</v>
+      </c>
+      <c r="B52" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F52" s="2"/>
+    </row>
+    <row r="53" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A53" s="6">
+        <v>46</v>
+      </c>
+      <c r="B53" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F53" s="2"/>
+    </row>
+    <row r="54" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A54" s="6">
+        <v>47</v>
+      </c>
+      <c r="B54" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="C54" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A55" s="6">
+        <v>48</v>
+      </c>
+      <c r="B55" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="C55" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F55" s="2"/>
+    </row>
+    <row r="56" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A56" s="6">
+        <v>49</v>
+      </c>
+      <c r="B56" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="C56" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F56" s="2"/>
+    </row>
+    <row r="57" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A57" s="6">
+        <v>50</v>
+      </c>
+      <c r="B57" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F57" s="2"/>
+    </row>
+    <row r="58" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A58" s="6">
+        <v>51</v>
+      </c>
+      <c r="B58" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="C58" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F58" s="2" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A59" s="6">
+        <v>52</v>
+      </c>
+      <c r="B59" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="C59" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F59" s="2" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A60" s="6">
+        <v>53</v>
+      </c>
+      <c r="B60" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="C60" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E60" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F60" s="2"/>
+    </row>
+    <row r="61" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A61" s="6">
+        <v>54</v>
+      </c>
+      <c r="B61" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="C61" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E61" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F61" s="2"/>
+    </row>
+    <row r="62" spans="1:6" s="4" customFormat="1" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A62" s="6">
+        <v>55</v>
+      </c>
+      <c r="B62" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C62" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F62" s="2" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A63" s="6">
+        <v>56</v>
+      </c>
+      <c r="B63" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="C63" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63" s="2" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A64" s="6">
+        <v>57</v>
+      </c>
+      <c r="B64" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="C64" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="D64" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F64" s="2"/>
+    </row>
+    <row r="65" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A65" s="6">
+        <v>58</v>
+      </c>
+      <c r="B65" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="C65" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F65" s="2"/>
+    </row>
+    <row r="66" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A66" s="6">
+        <v>59</v>
+      </c>
+      <c r="B66" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="C66" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F66" s="2"/>
+    </row>
+    <row r="67" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A67" s="6">
+        <v>60</v>
+      </c>
+      <c r="B67" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="C67" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F67" s="2" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A68" s="6">
+        <v>61</v>
+      </c>
+      <c r="B68" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="C68" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F68" s="2"/>
+    </row>
+    <row r="69" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A69" s="6">
+        <v>62</v>
+      </c>
+      <c r="B69" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="C69" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="D69" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F69" s="2"/>
+    </row>
+    <row r="70" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A70" s="6">
+        <v>63</v>
+      </c>
+      <c r="B70" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="C70" s="2"/>
+      <c r="D70" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E70" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F70" s="2"/>
+    </row>
+    <row r="71" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A71" s="6">
+        <v>64</v>
+      </c>
+      <c r="B71" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="C71" s="2"/>
+      <c r="D71" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F71" s="2"/>
+    </row>
+    <row r="72" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A72" s="6">
+        <v>65</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F72" s="2"/>
+    </row>
+    <row r="73" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A73" s="6">
+        <v>66</v>
+      </c>
+      <c r="B73" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="C73" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F73" s="2" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A74" s="6">
+        <v>67</v>
+      </c>
+      <c r="B74" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="C74" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="H1" s="2" t="s">
-[...10 lines deleted...]
-      <c r="E2" s="4" t="s">
+      <c r="F74" s="2"/>
+    </row>
+    <row r="75" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A75" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="B75" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F75" s="2"/>
+    </row>
+    <row r="76" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A76" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="C76" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="D76" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F76" s="2"/>
+    </row>
+    <row r="77" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A77" s="6">
+        <v>69</v>
+      </c>
+      <c r="B77" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="C77" s="2"/>
+      <c r="D77" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F77" s="2"/>
+    </row>
+    <row r="78" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A78" s="6">
+        <v>70</v>
+      </c>
+      <c r="B78" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="C78" s="2"/>
+      <c r="D78" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F78" s="2"/>
+    </row>
+    <row r="79" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A79" s="6">
+        <v>72</v>
+      </c>
+      <c r="B79" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="D79" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E79" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F79" s="2"/>
+    </row>
+    <row r="80" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A80" s="6">
+        <v>73</v>
+      </c>
+      <c r="B80" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F80" s="2"/>
+    </row>
+    <row r="81" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A81" s="6">
+        <v>74</v>
+      </c>
+      <c r="B81" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="C81" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="D81" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F81" s="2"/>
+    </row>
+    <row r="82" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A82" s="6">
+        <v>75</v>
+      </c>
+      <c r="B82" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="C82" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F82" s="2"/>
+    </row>
+    <row r="83" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A83" s="6">
+        <v>76</v>
+      </c>
+      <c r="B83" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="C83" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F83" s="2"/>
+    </row>
+    <row r="84" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A84" s="6">
+        <v>77</v>
+      </c>
+      <c r="B84" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="C84" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E84" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F84" s="2"/>
+    </row>
+    <row r="85" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A85" s="6">
+        <v>78</v>
+      </c>
+      <c r="B85" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="C85" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F85" s="2"/>
+    </row>
+    <row r="86" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A86" s="6">
+        <v>79</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F86" s="2"/>
+    </row>
+    <row r="87" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A87" s="6">
+        <v>80</v>
+      </c>
+      <c r="B87" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E87" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F87" s="2"/>
+    </row>
+    <row r="88" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A88" s="6">
+        <v>81</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E88" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F88" s="2"/>
+    </row>
+    <row r="89" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A89" s="6">
+        <v>82</v>
+      </c>
+      <c r="B89" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="D89" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E89" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F89" s="2"/>
+    </row>
+    <row r="90" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A90" s="6">
+        <v>83</v>
+      </c>
+      <c r="B90" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="C90" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E90" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F90" s="2"/>
+    </row>
+    <row r="91" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A91" s="6">
+        <v>84</v>
+      </c>
+      <c r="B91" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F91" s="2"/>
+    </row>
+    <row r="92" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A92" s="6">
+        <v>85</v>
+      </c>
+      <c r="B92" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="C92" s="2"/>
+      <c r="D92" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F92" s="2"/>
+    </row>
+    <row r="93" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A93" s="6">
+        <v>86</v>
+      </c>
+      <c r="B93" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="C93" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="D93" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F93" s="2"/>
+    </row>
+    <row r="94" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A94" s="6">
+        <v>87</v>
+      </c>
+      <c r="B94" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="C94" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="D94" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E94" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F94" s="2"/>
+    </row>
+    <row r="95" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A95" s="6">
+        <v>88</v>
+      </c>
+      <c r="B95" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="C95" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="D95" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E95" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F95" s="2"/>
+    </row>
+    <row r="96" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A96" s="6">
+        <v>89</v>
+      </c>
+      <c r="B96" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="C96" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="D96" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E96" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F96" s="2"/>
+    </row>
+    <row r="97" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A97" s="6">
+        <v>90</v>
+      </c>
+      <c r="B97" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="C97" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="D97" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E97" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F97" s="2"/>
+    </row>
+    <row r="98" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A98" s="6">
+        <v>91</v>
+      </c>
+      <c r="B98" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="C98" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="D98" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E98" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F98" s="2"/>
+    </row>
+    <row r="99" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A99" s="6">
+        <v>92</v>
+      </c>
+      <c r="B99" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="C99" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="D99" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E99" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F99" s="2"/>
+    </row>
+    <row r="100" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A100" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B100" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="C100" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E100" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F100" s="2"/>
+    </row>
+    <row r="101" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A101" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B101" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="C101" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="D101" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E101" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F101" s="2"/>
+    </row>
+    <row r="102" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A102" s="6">
+        <v>94</v>
+      </c>
+      <c r="B102" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="C102" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="D102" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E102" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F102" s="2"/>
+    </row>
+    <row r="103" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A103" s="6">
+        <v>95</v>
+      </c>
+      <c r="B103" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="C103" s="2"/>
+      <c r="D103" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F103" s="2"/>
+    </row>
+    <row r="104" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A104" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B104" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="C104" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="D104" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F104" s="2"/>
+    </row>
+    <row r="105" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A105" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B105" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="C105" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="D105" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F105" s="2"/>
+    </row>
+    <row r="106" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A106" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B106" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="C106" s="2"/>
+      <c r="D106" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F106" s="2"/>
+    </row>
+    <row r="107" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A107" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B107" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="C107" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="D107" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F107" s="2"/>
+    </row>
+    <row r="108" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A108" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B108" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="C108" s="2"/>
+      <c r="D108" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F108" s="2"/>
+    </row>
+    <row r="109" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A109" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B109" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="C109" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="D109" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F109" s="2"/>
+    </row>
+    <row r="110" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A110" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B110" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="C110" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="D110" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F110" s="2"/>
+    </row>
+    <row r="111" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A111" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B111" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="C111" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="D111" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F111" s="2"/>
+    </row>
+    <row r="112" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A112" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B112" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="C112" s="2"/>
+      <c r="D112" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F112" s="2"/>
+    </row>
+    <row r="113" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A113" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B113" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="C113" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="D113" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F113" s="2"/>
+    </row>
+    <row r="114" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A114" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B114" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="C114" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="D114" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="F2" s="4" t="s">
-[...114 lines deleted...]
-      <c r="D9" s="22">
+      <c r="F114" s="2"/>
+    </row>
+    <row r="115" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A115" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B115" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="C115" s="2"/>
+      <c r="D115" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F115" s="2"/>
+    </row>
+    <row r="116" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A116" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B116" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="C116" s="2"/>
+      <c r="D116" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F116" s="2"/>
+    </row>
+    <row r="117" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A117" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B117" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="C117" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="D117" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F117" s="2"/>
+    </row>
+    <row r="118" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A118" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B118" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="C118" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="D118" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="E9" s="4" t="s">
-[...194 lines deleted...]
-      <c r="D20" s="22">
+      <c r="E118" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="E20" s="4" t="s">
-[...1336 lines deleted...]
-      <c r="F93" s="4" t="s">
+      <c r="F118" s="2"/>
+    </row>
+    <row r="119" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A119" s="6" t="s">
         <v>191</v>
       </c>
-      <c r="G93" s="4" t="s">
-[...104 lines deleted...]
-      <c r="D102" s="22">
+      <c r="B119" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="C119" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D119" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="E102" s="4" t="s">
-[...141 lines deleted...]
-      <c r="I109" s="4"/>
+      <c r="E119" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F119" s="2"/>
+    </row>
+    <row r="120" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A120" s="6"/>
+      <c r="B120" s="2"/>
+      <c r="C120" s="2"/>
+      <c r="D120" s="2"/>
+      <c r="E120" s="2"/>
+      <c r="F120" s="2"/>
+    </row>
+    <row r="121" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A121" s="6"/>
+      <c r="B121" s="2"/>
+      <c r="C121" s="2"/>
+      <c r="D121" s="2"/>
+      <c r="E121" s="2"/>
+      <c r="F121" s="2"/>
+    </row>
+    <row r="122" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A122" s="6"/>
+      <c r="B122" s="2"/>
+      <c r="C122" s="2"/>
+      <c r="D122" s="2"/>
+      <c r="E122" s="2"/>
+      <c r="F122" s="2"/>
+    </row>
+    <row r="123" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A123" s="6"/>
+      <c r="B123" s="2"/>
+      <c r="C123" s="2"/>
+      <c r="D123" s="2"/>
+      <c r="E123" s="2"/>
+      <c r="F123" s="2"/>
+    </row>
+    <row r="124" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A124" s="6"/>
+      <c r="B124" s="2"/>
+      <c r="C124" s="2"/>
+      <c r="D124" s="2"/>
+      <c r="E124" s="2"/>
+      <c r="F124" s="2"/>
+    </row>
+    <row r="125" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A125" s="6"/>
+      <c r="B125" s="2"/>
+      <c r="C125" s="2"/>
+      <c r="D125" s="2"/>
+      <c r="E125" s="2"/>
+      <c r="F125" s="2"/>
+    </row>
+    <row r="126" spans="1:6" ht="11.4" x14ac:dyDescent="0.2">
+      <c r="A126" s="6"/>
+      <c r="B126" s="2"/>
+      <c r="C126" s="2"/>
+      <c r="D126" s="2"/>
+      <c r="E126" s="2"/>
+      <c r="F126" s="2"/>
+    </row>
+    <row r="127" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A127" s="7"/>
+      <c r="B127" s="3"/>
+      <c r="C127" s="3"/>
+      <c r="D127" s="3"/>
+      <c r="E127" s="3"/>
+      <c r="F127" s="3"/>
+    </row>
+    <row r="128" spans="1:6" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A128" s="7"/>
+      <c r="B128" s="3"/>
+      <c r="C128" s="3"/>
+      <c r="D128" s="3"/>
+      <c r="E128" s="3"/>
+      <c r="F128" s="3"/>
     </row>
   </sheetData>
-  <autoFilter ref="D1:I95" xr:uid="{785C9FFA-5015-4107-94B6-8C2465F32274}"/>
+  <autoFilter ref="A1:F103" xr:uid="{785C9FFA-5015-4107-94B6-8C2465F32274}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
-</worksheet>
-[...255 lines deleted...]
-  <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E36CEBB10FA8A54DBC6ED2A2707E04AC" ma:contentTypeVersion="3" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="bb3cbcc69d5ebc261e673b3085e06895">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="518e16b8-fb8a-4972-ae6d-68a0f9d08e9c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="82cc856e568533a0c3b693aa3d981789" ns2:_="">
     <xsd:import namespace="518e16b8-fb8a-4972-ae6d-68a0f9d08e9c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="518e16b8-fb8a-4972-ae6d-68a0f9d08e9c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
@@ -4656,104 +4169,109 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46235C49-B2CF-415B-8D5A-4AFED496B6EA}">
-[...7 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9FA60884-AF70-4A10-8D1C-976C1D2A7735}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46235C49-B2CF-415B-8D5A-4AFED496B6EA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="518e16b8-fb8a-4972-ae6d-68a0f9d08e9c"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FDCCC5D-35EA-48C1-8830-B567290F7DB9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{888693E3-CE86-487D-A294-22A6B3E9D4DB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="518e16b8-fb8a-4972-ae6d-68a0f9d08e9c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
-      <vt:lpstr>Cover en instructies</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Lijst met EOL scenario</vt:lpstr>
-      <vt:lpstr>Dropdowns</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jansen, K.M. (Kamiel)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>